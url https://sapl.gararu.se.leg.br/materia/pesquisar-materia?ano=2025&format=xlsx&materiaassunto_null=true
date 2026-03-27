--- v0 (2025-12-16)
+++ v1 (2026-03-27)
@@ -10,812 +10,821 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1231" uniqueCount="519">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1239" uniqueCount="522">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>Coletiva</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/805/emenda_modificativa_no_01_2025_ao_projeto_de_lei_no_01_2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/805/emenda_modificativa_no_01_2025_ao_projeto_de_lei_no_01_2025.pdf</t>
   </si>
   <si>
     <t>Modifica a redação da tabela do anexo V do art. 1º do Projeto de Lei Nº 01/2025.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/806/emenda_modificativa_no_02_2025_ao_projeto_de_lei_no_02_2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/806/emenda_modificativa_no_02_2025_ao_projeto_de_lei_no_02_2025.pdf</t>
   </si>
   <si>
     <t>Modifica a redação do paragrafo único do art. 2º do texto originário do Projeto de Lei Nº 02/2025 de 21 de janeiro de 2025, adequando-lhe o texto e acrescendo-lhe o texto e acrescendo-lhe incisos.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/807/emenda_modificativa_no_03_2025_ao_projeto_de_lei_no_02_2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/807/emenda_modificativa_no_03_2025_ao_projeto_de_lei_no_02_2025.pdf</t>
   </si>
   <si>
     <t>Modifica a redação dos art. 4º, 5º e 6º, transformando-os em incisos do artigo 3º do texto originário do Projeto de Lei Nº 02/2025 de 21 de janeiro de 2025.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/808/emenda_modificativa_no_04_2025_ao_projeto_de_lei_no_02_2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/808/emenda_modificativa_no_04_2025_ao_projeto_de_lei_no_02_2025.pdf</t>
   </si>
   <si>
     <t>Modifica a redação do art. 7º do texto originário do Projeto de Lei Nº 02/2025 de 21 de janeiro de 2025 e lhe acresce um inciso aos existentes.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/809/emenda_modificativa_no_05_2025_ao_projeto_de_lei_no_02_2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/809/emenda_modificativa_no_05_2025_ao_projeto_de_lei_no_02_2025.pdf</t>
   </si>
   <si>
     <t>Modifica a redação dos art. 8º,9º e 10º do texto originário do Projeto de Lei Nº 02/2025 de 21 de janeiro de 2025, lhe suprimindo trecho e acrescendo termo ao paragrafo único do art. 10º do referido projeto.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/810/emenda_modificativa_no_06_2025_ao_projeto_de_lei_no_03_2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/810/emenda_modificativa_no_06_2025_ao_projeto_de_lei_no_03_2025.pdf</t>
   </si>
   <si>
     <t>Modifica a redação do paragrafo único do art. 2º do texto originário do Projeto de Lei Nº 03/2025 de 21 de janeiro de 2025.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/811/emenda_modificativa_no_07_2025_ao_projeto_de_lei_no_03_2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/811/emenda_modificativa_no_07_2025_ao_projeto_de_lei_no_03_2025.pdf</t>
   </si>
   <si>
     <t>Modifica a redação do art. 5º do texto originário do Projeto de Lei Nº 03/2025 de 21 de janeiro de 2025, para lhe acrescentar inciso aos 4 ali existentes e promover alteração gráfica no paragrafo 2º, bem como acrescendo redação ao texto do paragrafo 3º do mesmo artigo.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/812/emenda_modificativa_no_08_2025_ao_projeto_de_lei_no_03_2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/812/emenda_modificativa_no_08_2025_ao_projeto_de_lei_no_03_2025.pdf</t>
   </si>
   <si>
     <t>Modifica a redação do paragrafo único do art. 4º do texto originário do Projeto de Lei Nº 03/2025 de 21 de janeiro de 2025, transformando-o em paragrafo único do art. 3º do referido projeto, alterando consequentemente toda a remuneração sequencial do mesmo.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/813/emenda_modificativa_no_09_2025_ao_projeto_de_lei_no_03_2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/813/emenda_modificativa_no_09_2025_ao_projeto_de_lei_no_03_2025.pdf</t>
   </si>
   <si>
     <t>Suprime trecho do texto original dos art. 6º e 7º do projeto de Lei Nº 03/2025 de 21 de janeiro de 2025.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/814/emenda_modificativa_no_10_2025_ao_projeto_de_lei_no_03_2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/814/emenda_modificativa_no_10_2025_ao_projeto_de_lei_no_03_2025.pdf</t>
   </si>
   <si>
     <t>Suprime trecho da redação originaria do caput do art. 10º e acrescenta termo ao texto do paragrafo único do mesmo artigo do Projeto de Lei Nº 03/2025 de 21 de janeiro de 2025.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/</t>
+    <t>http://sapl.gararu.se.leg.br/media/</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 11/2025 AO PROJETO DE LEI DE Nº 08/2025</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 12/2025 AO PROJETO DE LEI DE Nº 09/2025</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t xml:space="preserve">Alex do Mercadinho </t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 13/2025 AO PROJETO DE LEI DE Nº 08/2025</t>
   </si>
   <si>
+    <t>946</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>João de Bebé</t>
+  </si>
+  <si>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/946/emenda_modificativa_de_n_15.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA MODIFICATIVA DE N° 15/2025 AO PROJETO DE LEI DE N° 15/2025 DE 18 DE DEZEMBRO DE 2025.</t>
+  </si>
+  <si>
     <t>794</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>RUTINALDO MACHADO</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/794/ind_1.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/794/ind_1.pdf</t>
   </si>
   <si>
     <t>Calçamento com paralelepípedo</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/795/ind_2.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/795/ind_2.pdf</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>Cristiane da Varzea nova</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/796/ind_3.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/796/ind_3.pdf</t>
   </si>
   <si>
     <t>Construção de um Posto de Saúde</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/797/ind_4.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/797/ind_4.pdf</t>
   </si>
   <si>
     <t>Disponibilização de transporte no Povoado Palestina/Gararu-SE.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>João de Bebé</t>
-[...2 lines deleted...]
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/800/ind_5.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/800/ind_5.pdf</t>
   </si>
   <si>
     <t>Construção de uma praça em Gararu-SE.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/801/ind_6.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/801/ind_6.pdf</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/802/ind_7.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/802/ind_7.pdf</t>
   </si>
   <si>
     <t>Placa pórtico em Gararu-SE.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>VALDINHO DA GENIPATUBA</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/803/ind_8.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/803/ind_8.pdf</t>
   </si>
   <si>
     <t>Reforma da quadra poliesportiva no Povoado Oiteiro/ Gararu-SE.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/804/ind_9.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/804/ind_9.pdf</t>
   </si>
   <si>
     <t>Construção de um Posto de saúde no Povoado Genipatuba/Gararu-SE.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/819/indicacao_n_10-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/819/indicacao_n_10-2025.pdf</t>
   </si>
   <si>
     <t>Construção de um Posto de Saúde, no Assentamento Cachoeirinha, em Gararu/Se</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/820/indicacao_n_11-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/820/indicacao_n_11-2025.pdf</t>
   </si>
   <si>
     <t>Construção de uma Praça, no Assentamento Cachoeirinha, em Gararu/Se</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/821/indicacao_n_12-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/821/indicacao_n_12-2025.pdf</t>
   </si>
   <si>
     <t>Reforma da praça do Povoado Oiteiro, em Gararu/Se</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/822/indicacao_n_13-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/822/indicacao_n_13-2025.pdf</t>
   </si>
   <si>
     <t>Reforma da quadra poliesportiva do Assentamento Monte Santo, em Gararu/Se”</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/823/indicacao_n_14-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/823/indicacao_n_14-2025.pdf</t>
   </si>
   <si>
     <t>Construção de uma praça no Povoado Lagoa do Porco, em Gararu/Se</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
-    <t>15</t>
-[...2 lines deleted...]
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/824/indicacao_n_15-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/824/indicacao_n_15-2025.pdf</t>
   </si>
   <si>
     <t>Construção de uma praça no Povoado Monte Santo, em Gararu/Se</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/825/indicacao_n_16-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/825/indicacao_n_16-2025.pdf</t>
   </si>
   <si>
     <t>Reforma e ampliação do Posto de saúde do Povoado São Matheus, em Gararu/Se</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/826/indicacao_n_17-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/826/indicacao_n_17-2025.pdf</t>
   </si>
   <si>
     <t>Construção de uma quadra poliesportiva no Povoado São Matheus, em Gararu/Se</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Elizabeth Freire</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/827/indicacao_n_18-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/827/indicacao_n_18-2025.pdf</t>
   </si>
   <si>
     <t>Sistema de água encanada e tratada para Povoado Tijuco e Oitis, em Gararu/Se</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/828/indicacao_n_19-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/828/indicacao_n_19-2025.pdf</t>
   </si>
   <si>
     <t>Prédio de apoio ao atendimento à saúde das famílias dos Povoados Tijuco e Oitis, em Gararu/Se</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Irmão Adriano</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/829/indicacao_n_20-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/829/indicacao_n_20-2025.pdf</t>
   </si>
   <si>
     <t>Disponibilize um médico veterinário para prestar atendimento aos produtores de leite em Gararu/Se e seus povoados</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/830/indicacao_n_21-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/830/indicacao_n_21-2025.pdf</t>
   </si>
   <si>
     <t>Disponibilize um técnico agrícola em Gararu/Se e seus povoados</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/831/indicacao_n_22-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/831/indicacao_n_22-2025.pdf</t>
   </si>
   <si>
     <t>Disponibilização de transporte no Povoado Lagoa do Porco/Gararu-SE.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/832/indicacao_n_23-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/832/indicacao_n_23-2025.pdf</t>
   </si>
   <si>
     <t>Calçamento no Povoado Golfinho/Gararu-SE.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Valdemir Gato</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/833/indicacao_n_24-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/833/indicacao_n_24-2025.pdf</t>
   </si>
   <si>
     <t>Calçamento no Assentamento Maria Victoria/Gararu-SE.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/834/indicacao_n_25-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/834/indicacao_n_25-2025.pdf</t>
   </si>
   <si>
     <t>Calçamento no Assentamento Sepétiarajú/Gararu-SE.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/835/indicacao_n_26-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/835/indicacao_n_26-2025.pdf</t>
   </si>
   <si>
     <t>Construção de uma praça no Povoado Lagoa Rasa/Gararu-SE.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/836/indicacao_n_27-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/836/indicacao_n_27-2025.pdf</t>
   </si>
   <si>
     <t>Construção de uma quadra poliesportiva no Povoado Palestina/Gararu-SE.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/837/indicacao_n_28-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/837/indicacao_n_28-2025.pdf</t>
   </si>
   <si>
     <t>Construção de uma passagem molhada no Povoado Barreiras/Gararu-SE.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/838/indicacao_n_29-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/838/indicacao_n_29-2025.pdf</t>
   </si>
   <si>
     <t>“Coleta de lixo no Povoado Barreiras/Gararu-SE”</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/839/indicacao_n_30-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/839/indicacao_n_30-2025.pdf</t>
   </si>
   <si>
     <t>Retorno da obra do Posto de Saúde do Povoado Tijuco/Gararu-SE.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/840/indicacao_n_30-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/840/indicacao_n_30-2025.pdf</t>
   </si>
   <si>
     <t>Construção de uma praça no Assentamento Maria Victoira/Gararu-SE.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Geovar do Oiteiro</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/841/indicacao_n_32-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/841/indicacao_n_32-2025.pdf</t>
   </si>
   <si>
     <t>Construção de uma passagem molhada Povoado Lagoa do Porco/Gararu-SE.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/842/indicacao_n_33-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/842/indicacao_n_33-2025.pdf</t>
   </si>
   <si>
     <t>Construção de uma passagem molhada Povoado Porto Fohinha/Gararu-SE.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/843/indicacao_n_34-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/843/indicacao_n_34-2025.pdf</t>
   </si>
   <si>
     <t>Construção de uma praça no Povoado Jaramataia/Gararu-SE.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/844/indicacao_n_35-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/844/indicacao_n_35-2025.pdf</t>
   </si>
   <si>
     <t>Ampliação de rede de agua em Gararu-SE.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/845/indicacao_n_36-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/845/indicacao_n_36-2025.pdf</t>
   </si>
   <si>
     <t>Construção de uma quadra poliesportiva no Povoado Jaramataia/ Gararu-SE.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/846/indicacao_n_37-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/846/indicacao_n_37-2025.pdf</t>
   </si>
   <si>
     <t>Construção de uma Praça no Povoado Golfinho/ Gararu-SE.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Complemento de cano de água no Povoado Palestina/ Gararu-SE.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/851/indicacao_n_39-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/851/indicacao_n_39-2025.pdf</t>
   </si>
   <si>
     <t>Atendimento médico para crianças Autistas e demais crianças com Síndrome de Down Gararu/Se.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/856/indicacao_n_40-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/856/indicacao_n_40-2025.pdf</t>
   </si>
   <si>
     <t>Cavalgada das mulheres passe a ser Patrimônio Cultural do Município Gararu/Se.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/857/indicacao_n_41-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/857/indicacao_n_41-2025.pdf</t>
   </si>
   <si>
     <t>Complemento de Paralelepípedo no Povoado Palestina indo em direção ao Santo Cruzeiro em Gararu-SE.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/858/indicacao_n_42-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/858/indicacao_n_42-2025.pdf</t>
   </si>
   <si>
     <t>Complemento de Paralelepípedo no Povoado Palestina/ Gararu-SE.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Complemento de Paralelepípedo no Povoado São Matheus indo em direção ao Santo Cruzeiro em Gararu-SE.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/861/indicacao_n_44-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/861/indicacao_n_44-2025.pdf</t>
   </si>
   <si>
     <t>Asfalto no Povoado Palestina em Gararu-SE.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/862/indicacao_n_45-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/862/indicacao_n_45-2025.pdf</t>
   </si>
   <si>
     <t>“Melhoramento do campo de futebol do Povoado Oiteiro, em Gararu-SE”.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/863/indicacao_n_46-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/863/indicacao_n_46-2025.pdf</t>
   </si>
   <si>
     <t>“Complemento de Paralelepípedo no Povoado Oiteiro, em Gararu-SE”</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/864/indicacao_n_47-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/864/indicacao_n_47-2025.pdf</t>
   </si>
   <si>
     <t>“Implantação de 2 (dois) redutores de velocidade do tipo lombada na rodovia Pedro Xavier de Melo, em frente à entrada do Assentamento “Nova Esperança”, em Gararu/SE.”</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>“Construção de um ponto de ônibus para atender os moradores dos Assentamentos “Nova Esperança” e “Nossa Senhora Aparecida”, bem como dos Povoados Gibóia, Quereréu, Tanque da Pedra, Monte Alegre, além do Conjunto Elísio Araújo deste município.”</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/866/indicacao_n_49-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/866/indicacao_n_49-2025.pdf</t>
   </si>
   <si>
     <t>“Construção de uma Ponte que liga Garrau ao Povoado Ararás no Município de Graccho Cardoso.”</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/867/indicacao_n_50-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/867/indicacao_n_50-2025.pdf</t>
   </si>
   <si>
     <t>“Complemento de Paralelepípedo saindo do cruzeiro até a casa de Givaldo, no município em Gararu-SE”</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Colocar ar condicionado em todas as escolas no município de Gararu-SE</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Colocar uma Farmácia Popular no Povoado São Matheus, em Gararu-SE</t>
   </si>
   <si>
     <t>874</t>
   </si>
@@ -846,51 +855,51 @@
   <si>
     <t>877</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Tornar Posto de Saúde o Prédio da Escola no Povoado Golfinho, em Gararu-Se.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Construir uma Quadra Poliesportiva no Povoado Golfinho, em Gararu-Se</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/879/indicacao_n_58-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/879/indicacao_n_58-2025.pdf</t>
   </si>
   <si>
     <t>Passagem molhada no Povoado Japão, em Gararu-Se.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Passagem molhada no Riacho Capivara do Povoado Lagoa Rasa à cidade de Porto da Folha.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>“Construção de uma Praça no Povoado Ouricurizeira, em Gararu-SE”.</t>
   </si>
   <si>
     <t>882</t>
   </si>
@@ -939,123 +948,123 @@
   <si>
     <t>887</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>“Construção de uma Unidade Básica de Saúde – UBS TIPO I, no Povoado Lagoa do Porco, em Gararu-Se”.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>"Construção de uma passagem molhada no Povoado Golfinho, em Gararu-SE”.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/889/indicacao_n_69-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/889/indicacao_n_69-2025.pdf</t>
   </si>
   <si>
     <t>“Calçamento na Rua Alto do Cruzeiro, em Gararu-SE”.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/890/indicacao_n_70-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/890/indicacao_n_70-2025.pdf</t>
   </si>
   <si>
     <t>“Construção de uma Praça no Povoado Genipatuba em frente à Igreja, no município de Gararu”.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/891/indicacao_n_71-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/891/indicacao_n_71-2025.pdf</t>
   </si>
   <si>
     <t>“Construção de uma praça em frente à igreja no Povoado Jaramataia/Gararu-SE”.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/892/indicacao_n_72-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/892/indicacao_n_72-2025.pdf</t>
   </si>
   <si>
     <t>“Calçamento de paralelepípedo na Rua que vai para chácara de Lenaldo do Queijo, no Povoado Cabaceiro de cima, Gararu-Se.”</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/893/indicacao_n_73-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/893/indicacao_n_73-2025.pdf</t>
   </si>
   <si>
     <t>“Calçamento de paralelepípedo na Rua do campo até a fábrica do Sr. Lenaldo, no Pov. Oiteiro, Gararu-Se.”</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/894/indicacao_n_74-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/894/indicacao_n_74-2025.pdf</t>
   </si>
   <si>
     <t>“Calçamento de paralelepípedo no Povoado Cachoeirinha, Gararu-Se.”</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/895/indicacao_n_75-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/895/indicacao_n_75-2025.pdf</t>
   </si>
   <si>
     <t>“Ampliação do calçamento de paralelepípedo no Povoado Lagoa Rasa, Gararu-Se.”</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>“Calçamento de paralelepípedo na Rua do Frango indo em direção a chácara de Fred Gomes, no Povoado Lagoa do Porco, em Gararu-Se.”</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>“Calçamento de paralelepípedo na Rua do Sr. Geraldo Farias, Povoado Oiteiro, em Gararu-Se.”</t>
   </si>
   <si>
     <t>904</t>
   </si>
@@ -1191,451 +1200,451 @@
   <si>
     <t>934</t>
   </si>
   <si>
     <t>Concede o título de cidadão gararuense ao senhor Eleonaldo Soares Santos.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>Concede título de cidadão gararuense ao senhor Jean Pierre Correia Santos.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/916/projeto_de_lei_complementar_01_2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/916/projeto_de_lei_complementar_01_2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REORGANIZAÇÃO DA ESTRUTURA ADMINISTRATIVA DA CÂMARA MUNICIPAL DE GARARU E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/791/projeto_lei_01.2025_gratificacao_diretores.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/791/projeto_lei_01.2025_gratificacao_diretores.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 04/2024 de 26 de março de_x000D_
 2024, que institui o percentual do_x000D_
 adicional do exercício de função pelo_x000D_
 número de alunos matriculados nas_x000D_
 escolas no âmbito do município de_x000D_
 Gararu/SE e dá outras providências.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/792/projeto_lei_02.2025_busca_ativa_eja.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/792/projeto_lei_02.2025_busca_ativa_eja.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder executivo a instituir a_x000D_
 Comissão Extraordinária de Busca Ativa_x000D_
 Escolar para alunos do EJA 2025, e dá_x000D_
 outras providências.”</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/793/projeto_lei_03.2025_busca_ativa_creche.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/793/projeto_lei_03.2025_busca_ativa_creche.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder executivo a instituir a_x000D_
 Comissão Extraordinária de Busca Ativa_x000D_
 Escolar para alunos da Creche 2025, e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/798/projeto_de_lei_no_04.2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/798/projeto_de_lei_no_04.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ATUALIZAÇÃO DO PISO SALARIAL PROFISSIONAL NACIONAL DOS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO DA EDUCAÇÃO_x000D_
 BÁSICA, NOS TERMOS EM QUE PRECEITUA A LEI FEDERAL Nº 11.738/2008, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/818/projeto_de_lei_05.2025..pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/818/projeto_de_lei_05.2025..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRATAÇÃO POR TEMPO DETERMINADO PARA ATENDER À NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO,_x000D_
 NOS TERMOS DO INCISO IX DO ARTIGO 37 DA CONSTITUIÇÃO FEDERAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/848/projeto_06-lei_diarias..pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/848/projeto_06-lei_diarias..pdf</t>
   </si>
   <si>
     <t>“Altera a Lei 723/2021 de 08 de março de 2021, que regulamenta a concessão de “diária” aos servidores civis da administração municipal, do Poder Executivo, que se deslocarem para localidades situadas dentro ou fora do Estado de Sergipe e da outras providências</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/849/projeto_06-lei_diarias..pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/849/projeto_06-lei_diarias..pdf</t>
   </si>
   <si>
     <t>“Altera a Lei 723/2021 de 08 de março_x000D_
 de 2021, que regulamenta a concessão de_x000D_
 “diária” aos servidores civis da_x000D_
 administração municipal, do Poder_x000D_
 Executivo, que se deslocarem para_x000D_
 localidades situadas dentro ou fora do_x000D_
 Estado de Sergipe e da outras_x000D_
 providências</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/869/projeto_de_lei_08.2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/869/projeto_de_lei_08.2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE GARARU-_x000D_
 SE O INCENTIVO DO COMPONENTE DE_x000D_
 QUALIDADE PARA AS ESF NO ÂMBITO DA_x000D_
 ATENÇÃO PRIMÁRIA À SAÚDE CONFORME_x000D_
 PORTARIA GM/MS Nº 3493, 10 DE ABRIL DE_x000D_
 2024 E REVOGA A LEI MUNICIPAL Nº 733/2021_x000D_
 DE 20 DE SETEMBRO DE 2021, QUE INSTITUIU_x000D_
 O INCENTIVO DE METAS DO PROGRAMA_x000D_
 PREVINE BRASIL.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/870/projeto_de_lei_09.2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/870/projeto_de_lei_09.2025.pdf</t>
   </si>
   <si>
     <t>Modifica a Estrutura Organizacional e o_x000D_
 Sistema de Cargos, Empregos, Funções e_x000D_
 Salários dos servidores públicos do Município_x000D_
 de Gararu, instituída pela Lei n° 674/2019, e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/896/projeto_de_lei_10.2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/896/projeto_de_lei_10.2025.pdf</t>
   </si>
   <si>
     <t>“Estabelece normas para concessão de subvenções sociais pelo Município de GARARU para a ASSOCIAÇÃO CULTURAL ARTE VIVA, CNPJ: 16.665.503/0001-16 e dá outras providências.”.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/905/projeto_de_lei_11.2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/905/projeto_de_lei_11.2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE GARARU-_x000D_
 SE O INCENTIVO DO COMPONENTE DE_x000D_
 QUALIDADE PARA ESB, NO ÂMBITO DA_x000D_
 ATENÇÃO PRIMÁRIA À SAÚDE CONFORME_x000D_
 PORTARIA GM/MS Nº 3493, 10 DE ABRIL DE_x000D_
 2024 E REVOGA A LEI MUNICIPAL Nº 771/2024,_x000D_
 DE 05 DE ABRIL DE 2024, QUE INSTITUIU O_x000D_
 INCENTIVO DE METAS DO PAGAMENTO POR_x000D_
 DESEMPENHO DA SAÚDE BUCAL.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/906/projeto_de_lei_12.2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/906/projeto_de_lei_12.2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE GARARU-_x000D_
 SE O INCENTIVO DO COMPONENTE DE_x000D_
 QUALIDADE PARA, E EMULTI NO ÂMBITO DA_x000D_
 ATENÇÃO PRIMÁRIA À SAÚDE CONFORME_x000D_
 PORTARIA GM/MS Nº 3493, 10 DE ABRIL DE_x000D_
 2024.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/907/projeto_de_lei_13.2025-1.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/907/projeto_de_lei_13.2025-1.pdf</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/913/projeto_de_lei_14_2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/913/projeto_de_lei_14_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária referente ao exercício de 2026 e dá providências correlatas.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/921/loa_gararu_projeto_n15.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/921/loa_gararu_projeto_n15.pdf</t>
   </si>
   <si>
     <t>“Estima a Receita e fixa a Despesa do Município de _x000D_
 GARARU, Estado de Sergipe, para o exercício _x000D_
 financeiro de 2026 e dá providências correlatas.”</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/922/ppa_gararu_projeto_16.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/922/ppa_gararu_projeto_16.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Plurianual para o período de _x000D_
 2026-2029 e dá outras providências.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/938/projeto_de_lei_no_17-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/938/projeto_de_lei_no_17-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Praça em frente à Capela de São Padre Pio de Pietrelcina do Povoado Lagoa do Porco e dá outras providências.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/939/projeto_de_lei_18-1.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/939/projeto_de_lei_18-1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prorrogação da vigência da_x000D_
 Lei Municipal nº 607/2015, que institui o_x000D_
 Plano Municipal de Educação do Município_x000D_
 de Gararu– SE, e dá outras providências.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/944/projeto_de_lei_20-2025-26-1.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/944/projeto_lei_19-2025.pdf</t>
   </si>
   <si>
     <t>“Altera a Lei 769/2024 de 20 de março de_x000D_
 2024, que modifica a estrutura_x000D_
 organizacional e o sistema de cargos de_x000D_
 provimento efetivo e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/945/projeto_lei_19-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/945/projeto_de_lei_20-2025.pdf</t>
   </si>
   <si>
     <t>“Altera a Lei 800/2025 de 04 de agosto de_x000D_
 2025, que que modifica a estrutura_x000D_
 organizacional e o sistema de cargos,_x000D_
 empregos, funções e salários dos_x000D_
 servidores públicos do município de_x000D_
 gararu, instituída pela lei n° 674/2019, e_x000D_
 dá outras providências</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t xml:space="preserve">Projeto de Lei Ordinária do Legislativo </t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/847/projeto_de_lei_do_legislativo_01-2025_de_20_de_marco_de_2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/847/projeto_de_lei_do_legislativo_01-2025_de_20_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 01°  do Projeto de Lei Ordinária do Legislativo de N° 02/2019 de 17 abril de 2019.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>Constitui em credenciamento e a contratação de bandas e grupos musicais local, com percentual de no mínimo 50%.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/900/projeto_de_lei_do_legislativo_de_03_2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/900/projeto_de_lei_do_legislativo_de_03_2025.pdf</t>
   </si>
   <si>
     <t>Proíbe o manuseio, a utilização, a queima e a soltura de fogos de estampidos e de artifícios, assim como de quaisquer artefatos pirotécnicos de efeito sonoro ruidoso no Município de Gararu, e dá outras providências.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>“Substitui feriado municipal do dia 15 de agosto (Assunção de Nossa Senhora) pelo novel de 08 de dezembro, alusivo a Nossa Senhora da Conceição (co-padroeira de Gararu) e dá providências correlatas.”</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>Disponibilização exclusiva de transporte para crianças atípicas, e dá outras providências.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>Obrigatoriedade na plotagem dos carros que rodam a serviço do município,  e dá outras providências.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>“Declara a Cavalgada como Patrimônio Cultural Imaterial e Institui o Dia da Cavalgada no calendário oficial de eventos do Município de Gararu/Se.”</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/925/projeto_de_lei_08_2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/925/projeto_de_lei_08_2025.pdf</t>
   </si>
   <si>
     <t>“Institui o “Dia da Bíblia” no Calendário Oficial de Eventos do Município de Gararu/Se.”</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>Obriga a instalação de sistema de posicionamento global - GPS nos veículos de transporte escolar.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>Estabelece feriado municipal em Gararu/Se, no dia 15 de outubro, em alusão a passagem do dia do professor, e da outras providências.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>Institui a exigência de ficha limpa para nomeação nos cargos comissionados existentes nos órgãos dos poderes executivo e legislativo municipal, e da outras providências.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>Dispõe sobre a adoção obrigatória de giz antialérgico, no âmbito da rede pública municipal de ensino, e da outras providências.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição do corte dos serviços de fornecimento de energia elétrica e água no município, e da outras providências.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/815/requerimento_no_01_2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/815/requerimento_no_01_2025.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo nas pessoas dos Senhores Secretários de Finanças e de Educação informações documentadas a respeito do recurso recebido do Governo de Sergipe através do AMMEI.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/816/requerimento_no_02_2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/816/requerimento_no_02_2025.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo nas pessoas, do Senhor Secretario de Educação e do Diretor da Escola Pe. Thomas, informações documentadas a respeito da interrupção da oferta de EJAEF na sede do município.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/817/requerimento_no_03_2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/817/requerimento_no_03_2025.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo nas pessoas do Senhor Secretario de Educação e do Diretor da Escola Pe. Thomas, informações documentadas a respeito do volume de transferência de alunos do Ensino Fundamental da referida escola, no final do ano de 2024 e inicio do ano de 2025.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/853/requerimento_n_04-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/853/requerimento_n_04-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao Presidente dessa Casa que após ouvido o Plenário, seja encaminhado Ofício a Excelentíssima Prefeita Municipal Gilzete Dionízia de Matos, solicitando providências para doação de um lote de terra para construção da Capela Santa Dulce dos Pobres no Conjunto Elysio Araújo na Área de Expansão dessa cidade de Gararu/SE.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/854/requerimento_n_05-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/854/requerimento_n_05-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo nas pessoas dos Senhores Secretários de Finanças, de Obras e de Planejamento, informações documentadas a respeito do recurso recebido do Governo de Sergipe através de sua Autarquia DESO.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/855/requerimento_n_06-2025.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/855/requerimento_n_06-2025.pdf</t>
   </si>
   <si>
     <t>Requer a Secretaria de Estado da Educação nas pessoas do Senhor Secretário e/ou Pessoa Responsável pelo Convênio / Contratos e Prestação de Contas _x000D_
 referente ao Repasse do Recurso do Serviço de Transporte Escolar.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>Solicitação dos nomes de todas as pessoas que recebeu recurso através da outorga da DESO, mediante as chamadas precatórias.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>Seja reservado na feira do município um espaço específico para os produtores da agricultura familiar.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>Convocação do Secretário Municipal de Obras e Serviços Urbanos, o senhor Valnor Souza Cavalcante, para prestar informações sobre assuntos relacionados a pasta exercida.</t>
   </si>
   <si>
     <t>928</t>
@@ -1976,68 +1985,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/805/emenda_modificativa_no_01_2025_ao_projeto_de_lei_no_01_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/806/emenda_modificativa_no_02_2025_ao_projeto_de_lei_no_02_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/807/emenda_modificativa_no_03_2025_ao_projeto_de_lei_no_02_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/808/emenda_modificativa_no_04_2025_ao_projeto_de_lei_no_02_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/809/emenda_modificativa_no_05_2025_ao_projeto_de_lei_no_02_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/810/emenda_modificativa_no_06_2025_ao_projeto_de_lei_no_03_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/811/emenda_modificativa_no_07_2025_ao_projeto_de_lei_no_03_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/812/emenda_modificativa_no_08_2025_ao_projeto_de_lei_no_03_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/813/emenda_modificativa_no_09_2025_ao_projeto_de_lei_no_03_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/814/emenda_modificativa_no_10_2025_ao_projeto_de_lei_no_03_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/794/ind_1.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/795/ind_2.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/796/ind_3.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/797/ind_4.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/800/ind_5.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/801/ind_6.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/802/ind_7.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/803/ind_8.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/804/ind_9.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/819/indicacao_n_10-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/820/indicacao_n_11-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/821/indicacao_n_12-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/822/indicacao_n_13-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/823/indicacao_n_14-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/824/indicacao_n_15-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/825/indicacao_n_16-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/826/indicacao_n_17-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/827/indicacao_n_18-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/828/indicacao_n_19-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/829/indicacao_n_20-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/830/indicacao_n_21-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/831/indicacao_n_22-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/832/indicacao_n_23-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/833/indicacao_n_24-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/834/indicacao_n_25-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/835/indicacao_n_26-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/836/indicacao_n_27-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/837/indicacao_n_28-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/838/indicacao_n_29-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/839/indicacao_n_30-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/840/indicacao_n_30-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/841/indicacao_n_32-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/842/indicacao_n_33-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/843/indicacao_n_34-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/844/indicacao_n_35-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/845/indicacao_n_36-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/846/indicacao_n_37-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/851/indicacao_n_39-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/856/indicacao_n_40-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/857/indicacao_n_41-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/858/indicacao_n_42-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/861/indicacao_n_44-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/862/indicacao_n_45-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/863/indicacao_n_46-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/864/indicacao_n_47-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/866/indicacao_n_49-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/867/indicacao_n_50-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/879/indicacao_n_58-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/889/indicacao_n_69-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/890/indicacao_n_70-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/891/indicacao_n_71-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/892/indicacao_n_72-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/893/indicacao_n_73-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/894/indicacao_n_74-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/895/indicacao_n_75-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/916/projeto_de_lei_complementar_01_2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/791/projeto_lei_01.2025_gratificacao_diretores.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/792/projeto_lei_02.2025_busca_ativa_eja.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/793/projeto_lei_03.2025_busca_ativa_creche.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/798/projeto_de_lei_no_04.2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/818/projeto_de_lei_05.2025..pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/848/projeto_06-lei_diarias..pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/849/projeto_06-lei_diarias..pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/869/projeto_de_lei_08.2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/870/projeto_de_lei_09.2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/896/projeto_de_lei_10.2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/905/projeto_de_lei_11.2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/906/projeto_de_lei_12.2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/907/projeto_de_lei_13.2025-1.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/913/projeto_de_lei_14_2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/921/loa_gararu_projeto_n15.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/922/ppa_gararu_projeto_16.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/938/projeto_de_lei_no_17-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/939/projeto_de_lei_18-1.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/944/projeto_de_lei_20-2025-26-1.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/945/projeto_lei_19-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/847/projeto_de_lei_do_legislativo_01-2025_de_20_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/900/projeto_de_lei_do_legislativo_de_03_2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/925/projeto_de_lei_08_2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/815/requerimento_no_01_2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/816/requerimento_no_02_2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/817/requerimento_no_03_2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/853/requerimento_n_04-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/854/requerimento_n_05-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/855/requerimento_n_06-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/805/emenda_modificativa_no_01_2025_ao_projeto_de_lei_no_01_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/806/emenda_modificativa_no_02_2025_ao_projeto_de_lei_no_02_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/807/emenda_modificativa_no_03_2025_ao_projeto_de_lei_no_02_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/808/emenda_modificativa_no_04_2025_ao_projeto_de_lei_no_02_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/809/emenda_modificativa_no_05_2025_ao_projeto_de_lei_no_02_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/810/emenda_modificativa_no_06_2025_ao_projeto_de_lei_no_03_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/811/emenda_modificativa_no_07_2025_ao_projeto_de_lei_no_03_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/812/emenda_modificativa_no_08_2025_ao_projeto_de_lei_no_03_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/813/emenda_modificativa_no_09_2025_ao_projeto_de_lei_no_03_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/814/emenda_modificativa_no_10_2025_ao_projeto_de_lei_no_03_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/946/emenda_modificativa_de_n_15.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/794/ind_1.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/795/ind_2.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/796/ind_3.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/797/ind_4.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/800/ind_5.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/801/ind_6.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/802/ind_7.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/803/ind_8.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/804/ind_9.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/819/indicacao_n_10-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/820/indicacao_n_11-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/821/indicacao_n_12-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/822/indicacao_n_13-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/823/indicacao_n_14-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/824/indicacao_n_15-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/825/indicacao_n_16-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/826/indicacao_n_17-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/827/indicacao_n_18-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/828/indicacao_n_19-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/829/indicacao_n_20-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/830/indicacao_n_21-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/831/indicacao_n_22-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/832/indicacao_n_23-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/833/indicacao_n_24-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/834/indicacao_n_25-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/835/indicacao_n_26-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/836/indicacao_n_27-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/837/indicacao_n_28-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/838/indicacao_n_29-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/839/indicacao_n_30-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/840/indicacao_n_30-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/841/indicacao_n_32-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/842/indicacao_n_33-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/843/indicacao_n_34-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/844/indicacao_n_35-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/845/indicacao_n_36-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/846/indicacao_n_37-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/851/indicacao_n_39-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/856/indicacao_n_40-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/857/indicacao_n_41-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/858/indicacao_n_42-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/861/indicacao_n_44-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/862/indicacao_n_45-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/863/indicacao_n_46-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/864/indicacao_n_47-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/866/indicacao_n_49-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/867/indicacao_n_50-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/879/indicacao_n_58-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/889/indicacao_n_69-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/890/indicacao_n_70-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/891/indicacao_n_71-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/892/indicacao_n_72-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/893/indicacao_n_73-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/894/indicacao_n_74-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/895/indicacao_n_75-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/916/projeto_de_lei_complementar_01_2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/791/projeto_lei_01.2025_gratificacao_diretores.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/792/projeto_lei_02.2025_busca_ativa_eja.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/793/projeto_lei_03.2025_busca_ativa_creche.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/798/projeto_de_lei_no_04.2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/818/projeto_de_lei_05.2025..pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/848/projeto_06-lei_diarias..pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/849/projeto_06-lei_diarias..pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/869/projeto_de_lei_08.2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/870/projeto_de_lei_09.2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/896/projeto_de_lei_10.2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/905/projeto_de_lei_11.2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/906/projeto_de_lei_12.2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/907/projeto_de_lei_13.2025-1.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/913/projeto_de_lei_14_2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/921/loa_gararu_projeto_n15.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/922/ppa_gararu_projeto_16.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/938/projeto_de_lei_no_17-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/939/projeto_de_lei_18-1.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/944/projeto_lei_19-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/945/projeto_de_lei_20-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/847/projeto_de_lei_do_legislativo_01-2025_de_20_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/900/projeto_de_lei_do_legislativo_de_03_2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/925/projeto_de_lei_08_2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/815/requerimento_no_01_2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/816/requerimento_no_02_2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/817/requerimento_no_03_2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/853/requerimento_n_04-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/854/requerimento_n_05-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2025/855/requerimento_n_06-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H154"/>
+  <dimension ref="A1:H155"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="35.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="29.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="132" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="131.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -2369,3677 +2378,3703 @@
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
         <v>12</v>
       </c>
       <c r="F14" t="s">
         <v>61</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H14" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>63</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>10</v>
+        <v>64</v>
       </c>
       <c r="D15" t="s">
-        <v>64</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
         <v>65</v>
       </c>
-      <c r="F15" t="s">
+      <c r="G15" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="G15" s="1" t="s">
+      <c r="H15" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E16" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F16" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="H16" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
+        <v>74</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D17" t="s">
+        <v>69</v>
+      </c>
+      <c r="E17" t="s">
+        <v>70</v>
+      </c>
+      <c r="F17" t="s">
         <v>71</v>
       </c>
-      <c r="B17" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G17" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="H17" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D18" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E18" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F18" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="H18" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D19" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E19" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F19" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H19" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D20" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E20" t="s">
+        <v>70</v>
+      </c>
+      <c r="F20" t="s">
         <v>65</v>
       </c>
-      <c r="F20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G20" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H20" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D21" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E21" t="s">
+        <v>70</v>
+      </c>
+      <c r="F21" t="s">
         <v>65</v>
       </c>
-      <c r="F21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G21" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="H21" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D22" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E22" t="s">
+        <v>70</v>
+      </c>
+      <c r="F22" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>89</v>
       </c>
       <c r="H22" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>91</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D23" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E23" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F23" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H23" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D24" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E24" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F24" t="s">
-        <v>79</v>
+        <v>92</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H24" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D25" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E25" t="s">
+        <v>70</v>
+      </c>
+      <c r="F25" t="s">
         <v>65</v>
       </c>
-      <c r="F25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G25" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="H25" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="D26" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E26" t="s">
+        <v>70</v>
+      </c>
+      <c r="F26" t="s">
         <v>65</v>
       </c>
-      <c r="F26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G26" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H26" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="D27" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E27" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F27" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H27" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>107</v>
+        <v>60</v>
       </c>
       <c r="D28" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E28" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F28" t="s">
-        <v>61</v>
+        <v>92</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>108</v>
       </c>
       <c r="H28" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>110</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>111</v>
       </c>
       <c r="D29" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E29" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F29" t="s">
         <v>61</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>112</v>
       </c>
       <c r="H29" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>114</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
+        <v>64</v>
+      </c>
+      <c r="D30" t="s">
+        <v>69</v>
+      </c>
+      <c r="E30" t="s">
+        <v>70</v>
+      </c>
+      <c r="F30" t="s">
+        <v>61</v>
+      </c>
+      <c r="G30" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="D30" t="s">
-[...8 lines deleted...]
-      <c r="G30" s="1" t="s">
+      <c r="H30" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>117</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
         <v>118</v>
       </c>
-      <c r="B31" t="s">
-[...2 lines deleted...]
-      <c r="C31" t="s">
+      <c r="D31" t="s">
+        <v>69</v>
+      </c>
+      <c r="E31" t="s">
+        <v>70</v>
+      </c>
+      <c r="F31" t="s">
+        <v>71</v>
+      </c>
+      <c r="G31" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="D31" t="s">
-[...8 lines deleted...]
-      <c r="G31" s="1" t="s">
+      <c r="H31" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>121</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
         <v>122</v>
       </c>
-      <c r="B32" t="s">
-[...2 lines deleted...]
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>69</v>
+      </c>
+      <c r="E32" t="s">
+        <v>70</v>
+      </c>
+      <c r="F32" t="s">
+        <v>71</v>
+      </c>
+      <c r="G32" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="D32" t="s">
-[...5 lines deleted...]
-      <c r="F32" t="s">
+      <c r="H32" t="s">
         <v>124</v>
-      </c>
-[...4 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
+        <v>125</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>126</v>
+      </c>
+      <c r="D33" t="s">
+        <v>69</v>
+      </c>
+      <c r="E33" t="s">
+        <v>70</v>
+      </c>
+      <c r="F33" t="s">
         <v>127</v>
       </c>
-      <c r="B33" t="s">
-[...2 lines deleted...]
-      <c r="C33" t="s">
+      <c r="G33" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="D33" t="s">
-[...8 lines deleted...]
-      <c r="G33" s="1" t="s">
+      <c r="H33" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>130</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
         <v>131</v>
       </c>
-      <c r="B34" t="s">
-[...2 lines deleted...]
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>69</v>
+      </c>
+      <c r="E34" t="s">
+        <v>70</v>
+      </c>
+      <c r="F34" t="s">
+        <v>127</v>
+      </c>
+      <c r="G34" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="D34" t="s">
-[...5 lines deleted...]
-      <c r="F34" t="s">
+      <c r="H34" t="s">
         <v>133</v>
-      </c>
-[...4 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>134</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>135</v>
+      </c>
+      <c r="D35" t="s">
+        <v>69</v>
+      </c>
+      <c r="E35" t="s">
+        <v>70</v>
+      </c>
+      <c r="F35" t="s">
         <v>136</v>
       </c>
-      <c r="B35" t="s">
-[...2 lines deleted...]
-      <c r="C35" t="s">
+      <c r="G35" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="D35" t="s">
-[...8 lines deleted...]
-      <c r="G35" s="1" t="s">
+      <c r="H35" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
+        <v>139</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
         <v>140</v>
       </c>
-      <c r="B36" t="s">
-[...2 lines deleted...]
-      <c r="C36" t="s">
+      <c r="D36" t="s">
+        <v>69</v>
+      </c>
+      <c r="E36" t="s">
+        <v>70</v>
+      </c>
+      <c r="F36" t="s">
+        <v>136</v>
+      </c>
+      <c r="G36" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="D36" t="s">
-[...8 lines deleted...]
-      <c r="G36" s="1" t="s">
+      <c r="H36" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
+        <v>143</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
         <v>144</v>
       </c>
-      <c r="B37" t="s">
-[...2 lines deleted...]
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>69</v>
+      </c>
+      <c r="E37" t="s">
+        <v>70</v>
+      </c>
+      <c r="F37" t="s">
+        <v>77</v>
+      </c>
+      <c r="G37" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="D37" t="s">
-[...8 lines deleted...]
-      <c r="G37" s="1" t="s">
+      <c r="H37" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
+        <v>147</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
         <v>148</v>
       </c>
-      <c r="B38" t="s">
-[...2 lines deleted...]
-      <c r="C38" t="s">
+      <c r="D38" t="s">
+        <v>69</v>
+      </c>
+      <c r="E38" t="s">
+        <v>70</v>
+      </c>
+      <c r="F38" t="s">
+        <v>77</v>
+      </c>
+      <c r="G38" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="D38" t="s">
-[...5 lines deleted...]
-      <c r="F38" t="s">
+      <c r="H38" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>151</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>152</v>
+      </c>
+      <c r="D39" t="s">
+        <v>69</v>
+      </c>
+      <c r="E39" t="s">
+        <v>70</v>
+      </c>
+      <c r="F39" t="s">
         <v>153</v>
       </c>
-      <c r="B39" t="s">
-[...2 lines deleted...]
-      <c r="C39" t="s">
+      <c r="G39" s="1" t="s">
         <v>154</v>
       </c>
-      <c r="D39" t="s">
-[...8 lines deleted...]
-      <c r="G39" s="1" t="s">
+      <c r="H39" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>156</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
         <v>157</v>
       </c>
-      <c r="B40" t="s">
-[...2 lines deleted...]
-      <c r="C40" t="s">
+      <c r="D40" t="s">
+        <v>69</v>
+      </c>
+      <c r="E40" t="s">
+        <v>70</v>
+      </c>
+      <c r="F40" t="s">
+        <v>153</v>
+      </c>
+      <c r="G40" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="D40" t="s">
-[...8 lines deleted...]
-      <c r="G40" s="1" t="s">
+      <c r="H40" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
+        <v>160</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
         <v>161</v>
       </c>
-      <c r="B41" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D41" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E41" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F41" t="s">
         <v>61</v>
       </c>
       <c r="G41" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="H41" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
+        <v>164</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
         <v>165</v>
       </c>
-      <c r="B42" t="s">
-[...2 lines deleted...]
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>69</v>
+      </c>
+      <c r="E42" t="s">
+        <v>70</v>
+      </c>
+      <c r="F42" t="s">
+        <v>61</v>
+      </c>
+      <c r="G42" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="D42" t="s">
-[...8 lines deleted...]
-      <c r="G42" s="1" t="s">
+      <c r="H42" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
+        <v>168</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
         <v>169</v>
       </c>
-      <c r="B43" t="s">
-[...2 lines deleted...]
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>69</v>
+      </c>
+      <c r="E43" t="s">
+        <v>70</v>
+      </c>
+      <c r="F43" t="s">
+        <v>71</v>
+      </c>
+      <c r="G43" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="D43" t="s">
-[...8 lines deleted...]
-      <c r="G43" s="1" t="s">
+      <c r="H43" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
+        <v>172</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
         <v>173</v>
       </c>
-      <c r="B44" t="s">
-[...2 lines deleted...]
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>69</v>
+      </c>
+      <c r="E44" t="s">
+        <v>70</v>
+      </c>
+      <c r="F44" t="s">
+        <v>71</v>
+      </c>
+      <c r="G44" s="1" t="s">
         <v>174</v>
       </c>
-      <c r="D44" t="s">
-[...8 lines deleted...]
-      <c r="G44" s="1" t="s">
+      <c r="H44" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
+        <v>176</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
         <v>177</v>
       </c>
-      <c r="B45" t="s">
-[...2 lines deleted...]
-      <c r="C45" t="s">
+      <c r="D45" t="s">
+        <v>69</v>
+      </c>
+      <c r="E45" t="s">
+        <v>70</v>
+      </c>
+      <c r="F45" t="s">
+        <v>153</v>
+      </c>
+      <c r="G45" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="D45" t="s">
-[...8 lines deleted...]
-      <c r="G45" s="1" t="s">
+      <c r="H45" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>180</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
         <v>181</v>
       </c>
-      <c r="B46" t="s">
-[...2 lines deleted...]
-      <c r="C46" t="s">
+      <c r="D46" t="s">
+        <v>69</v>
+      </c>
+      <c r="E46" t="s">
+        <v>70</v>
+      </c>
+      <c r="F46" t="s">
+        <v>153</v>
+      </c>
+      <c r="G46" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="D46" t="s">
-[...5 lines deleted...]
-      <c r="F46" t="s">
+      <c r="H46" t="s">
         <v>183</v>
-      </c>
-[...4 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>184</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>185</v>
+      </c>
+      <c r="D47" t="s">
+        <v>69</v>
+      </c>
+      <c r="E47" t="s">
+        <v>70</v>
+      </c>
+      <c r="F47" t="s">
         <v>186</v>
       </c>
-      <c r="B47" t="s">
-[...2 lines deleted...]
-      <c r="C47" t="s">
+      <c r="G47" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="D47" t="s">
-[...8 lines deleted...]
-      <c r="G47" s="1" t="s">
+      <c r="H47" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
+        <v>189</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
         <v>190</v>
       </c>
-      <c r="B48" t="s">
-[...2 lines deleted...]
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>69</v>
+      </c>
+      <c r="E48" t="s">
+        <v>70</v>
+      </c>
+      <c r="F48" t="s">
+        <v>186</v>
+      </c>
+      <c r="G48" s="1" t="s">
         <v>191</v>
       </c>
-      <c r="D48" t="s">
-[...8 lines deleted...]
-      <c r="G48" s="1" t="s">
+      <c r="H48" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
+        <v>193</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
         <v>194</v>
       </c>
-      <c r="B49" t="s">
-[...2 lines deleted...]
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>69</v>
+      </c>
+      <c r="E49" t="s">
+        <v>70</v>
+      </c>
+      <c r="F49" t="s">
+        <v>61</v>
+      </c>
+      <c r="G49" s="1" t="s">
         <v>195</v>
       </c>
-      <c r="D49" t="s">
-[...8 lines deleted...]
-      <c r="G49" s="1" t="s">
+      <c r="H49" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>197</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
         <v>198</v>
       </c>
-      <c r="B50" t="s">
-[...2 lines deleted...]
-      <c r="C50" t="s">
+      <c r="D50" t="s">
+        <v>69</v>
+      </c>
+      <c r="E50" t="s">
+        <v>70</v>
+      </c>
+      <c r="F50" t="s">
+        <v>136</v>
+      </c>
+      <c r="G50" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="D50" t="s">
-[...8 lines deleted...]
-      <c r="G50" s="1" t="s">
+      <c r="H50" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>201</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
         <v>202</v>
       </c>
-      <c r="B51" t="s">
-[...2 lines deleted...]
-      <c r="C51" t="s">
+      <c r="D51" t="s">
+        <v>69</v>
+      </c>
+      <c r="E51" t="s">
+        <v>70</v>
+      </c>
+      <c r="F51" t="s">
+        <v>77</v>
+      </c>
+      <c r="G51" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="D51" t="s">
-[...8 lines deleted...]
-      <c r="G51" s="1" t="s">
+      <c r="H51" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
+        <v>205</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
         <v>206</v>
       </c>
-      <c r="B52" t="s">
-[...2 lines deleted...]
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>69</v>
+      </c>
+      <c r="E52" t="s">
+        <v>70</v>
+      </c>
+      <c r="F52" t="s">
+        <v>77</v>
+      </c>
+      <c r="G52" s="1" t="s">
         <v>207</v>
-      </c>
-[...10 lines deleted...]
-        <v>54</v>
       </c>
       <c r="H52" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>209</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>210</v>
       </c>
       <c r="D53" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E53" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F53" t="s">
-        <v>183</v>
+        <v>153</v>
       </c>
       <c r="G53" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H53" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>212</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
         <v>213</v>
       </c>
-      <c r="B54" t="s">
-[...2 lines deleted...]
-      <c r="C54" t="s">
+      <c r="D54" t="s">
+        <v>69</v>
+      </c>
+      <c r="E54" t="s">
+        <v>70</v>
+      </c>
+      <c r="F54" t="s">
+        <v>186</v>
+      </c>
+      <c r="G54" s="1" t="s">
         <v>214</v>
       </c>
-      <c r="D54" t="s">
-[...8 lines deleted...]
-      <c r="G54" s="1" t="s">
+      <c r="H54" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
+        <v>216</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
         <v>217</v>
       </c>
-      <c r="B55" t="s">
-[...2 lines deleted...]
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>69</v>
+      </c>
+      <c r="E55" t="s">
+        <v>70</v>
+      </c>
+      <c r="F55" t="s">
+        <v>186</v>
+      </c>
+      <c r="G55" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="D55" t="s">
-[...8 lines deleted...]
-      <c r="G55" s="1" t="s">
+      <c r="H55" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>220</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
         <v>221</v>
       </c>
-      <c r="B56" t="s">
-[...2 lines deleted...]
-      <c r="C56" t="s">
+      <c r="D56" t="s">
+        <v>69</v>
+      </c>
+      <c r="E56" t="s">
+        <v>70</v>
+      </c>
+      <c r="F56" t="s">
+        <v>153</v>
+      </c>
+      <c r="G56" s="1" t="s">
         <v>222</v>
       </c>
-      <c r="D56" t="s">
-[...8 lines deleted...]
-      <c r="G56" s="1" t="s">
+      <c r="H56" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
+        <v>224</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
         <v>225</v>
       </c>
-      <c r="B57" t="s">
-[...2 lines deleted...]
-      <c r="C57" t="s">
+      <c r="D57" t="s">
+        <v>69</v>
+      </c>
+      <c r="E57" t="s">
+        <v>70</v>
+      </c>
+      <c r="F57" t="s">
+        <v>153</v>
+      </c>
+      <c r="G57" s="1" t="s">
         <v>226</v>
-      </c>
-[...10 lines deleted...]
-        <v>54</v>
       </c>
       <c r="H57" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>228</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>229</v>
       </c>
       <c r="D58" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E58" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F58" t="s">
-        <v>13</v>
+        <v>136</v>
       </c>
       <c r="G58" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H58" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
+        <v>231</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
         <v>232</v>
       </c>
-      <c r="B59" t="s">
-[...2 lines deleted...]
-      <c r="C59" t="s">
+      <c r="D59" t="s">
+        <v>69</v>
+      </c>
+      <c r="E59" t="s">
+        <v>70</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" s="1" t="s">
         <v>233</v>
       </c>
-      <c r="D59" t="s">
-[...8 lines deleted...]
-      <c r="G59" s="1" t="s">
+      <c r="H59" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
+        <v>235</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
         <v>236</v>
       </c>
-      <c r="B60" t="s">
-[...2 lines deleted...]
-      <c r="C60" t="s">
+      <c r="D60" t="s">
+        <v>69</v>
+      </c>
+      <c r="E60" t="s">
+        <v>70</v>
+      </c>
+      <c r="F60" t="s">
+        <v>186</v>
+      </c>
+      <c r="G60" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="D60" t="s">
-[...8 lines deleted...]
-      <c r="G60" s="1" t="s">
+      <c r="H60" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
+        <v>239</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
         <v>240</v>
       </c>
-      <c r="B61" t="s">
-[...2 lines deleted...]
-      <c r="C61" t="s">
+      <c r="D61" t="s">
+        <v>69</v>
+      </c>
+      <c r="E61" t="s">
+        <v>70</v>
+      </c>
+      <c r="F61" t="s">
+        <v>186</v>
+      </c>
+      <c r="G61" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="D61" t="s">
-[...8 lines deleted...]
-      <c r="G61" s="1" t="s">
+      <c r="H61" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
+        <v>243</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
         <v>244</v>
       </c>
-      <c r="B62" t="s">
-[...2 lines deleted...]
-      <c r="C62" t="s">
+      <c r="D62" t="s">
+        <v>69</v>
+      </c>
+      <c r="E62" t="s">
+        <v>70</v>
+      </c>
+      <c r="F62" t="s">
+        <v>127</v>
+      </c>
+      <c r="G62" s="1" t="s">
         <v>245</v>
-      </c>
-[...10 lines deleted...]
-        <v>54</v>
       </c>
       <c r="H62" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>247</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>248</v>
       </c>
       <c r="D63" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E63" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F63" t="s">
-        <v>72</v>
+        <v>127</v>
       </c>
       <c r="G63" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H63" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
+        <v>250</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
         <v>251</v>
       </c>
-      <c r="B64" t="s">
-[...2 lines deleted...]
-      <c r="C64" t="s">
+      <c r="D64" t="s">
+        <v>69</v>
+      </c>
+      <c r="E64" t="s">
+        <v>70</v>
+      </c>
+      <c r="F64" t="s">
+        <v>77</v>
+      </c>
+      <c r="G64" s="1" t="s">
         <v>252</v>
       </c>
-      <c r="D64" t="s">
-[...8 lines deleted...]
-      <c r="G64" s="1" t="s">
+      <c r="H64" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
+        <v>254</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
         <v>255</v>
       </c>
-      <c r="B65" t="s">
-[...2 lines deleted...]
-      <c r="C65" t="s">
+      <c r="D65" t="s">
+        <v>69</v>
+      </c>
+      <c r="E65" t="s">
+        <v>70</v>
+      </c>
+      <c r="F65" t="s">
+        <v>136</v>
+      </c>
+      <c r="G65" s="1" t="s">
         <v>256</v>
-      </c>
-[...10 lines deleted...]
-        <v>54</v>
       </c>
       <c r="H65" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>258</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>259</v>
       </c>
       <c r="D66" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E66" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F66" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H66" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>261</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>262</v>
       </c>
       <c r="D67" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E67" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F67" t="s">
-        <v>124</v>
+        <v>71</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H67" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>264</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>265</v>
       </c>
       <c r="D68" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E68" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F68" t="s">
-        <v>150</v>
+        <v>127</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H68" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>267</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>268</v>
       </c>
       <c r="D69" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E69" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F69" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H69" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>270</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>271</v>
       </c>
       <c r="D70" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E70" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F70" t="s">
-        <v>133</v>
+        <v>153</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H70" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>273</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>274</v>
       </c>
       <c r="D71" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E71" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F71" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H71" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>276</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>277</v>
       </c>
       <c r="D72" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E72" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F72" t="s">
-        <v>79</v>
+        <v>136</v>
       </c>
       <c r="G72" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H72" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
+        <v>279</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
         <v>280</v>
       </c>
-      <c r="B73" t="s">
-[...2 lines deleted...]
-      <c r="C73" t="s">
+      <c r="D73" t="s">
+        <v>69</v>
+      </c>
+      <c r="E73" t="s">
+        <v>70</v>
+      </c>
+      <c r="F73" t="s">
+        <v>65</v>
+      </c>
+      <c r="G73" s="1" t="s">
         <v>281</v>
-      </c>
-[...10 lines deleted...]
-        <v>54</v>
       </c>
       <c r="H73" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>283</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>284</v>
       </c>
       <c r="D74" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E74" t="s">
+        <v>70</v>
+      </c>
+      <c r="F74" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H74" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>286</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>287</v>
       </c>
       <c r="D75" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E75" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F75" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H75" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>289</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>290</v>
       </c>
       <c r="D76" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E76" t="s">
+        <v>70</v>
+      </c>
+      <c r="F76" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="G76" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H76" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>292</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>293</v>
       </c>
       <c r="D77" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E77" t="s">
+        <v>70</v>
+      </c>
+      <c r="F77" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="G77" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H77" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>295</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>296</v>
       </c>
       <c r="D78" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E78" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F78" t="s">
-        <v>150</v>
+        <v>186</v>
       </c>
       <c r="G78" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H78" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>298</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>299</v>
       </c>
       <c r="D79" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E79" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F79" t="s">
-        <v>72</v>
+        <v>153</v>
       </c>
       <c r="G79" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H79" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>301</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>302</v>
       </c>
       <c r="D80" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E80" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F80" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="G80" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H80" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>304</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
         <v>305</v>
       </c>
       <c r="D81" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E81" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F81" t="s">
-        <v>150</v>
+        <v>77</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H81" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>307</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>308</v>
       </c>
       <c r="D82" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E82" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F82" t="s">
-        <v>79</v>
+        <v>153</v>
       </c>
       <c r="G82" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H82" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
+        <v>310</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
         <v>311</v>
       </c>
-      <c r="B83" t="s">
-[...2 lines deleted...]
-      <c r="C83" t="s">
+      <c r="D83" t="s">
+        <v>69</v>
+      </c>
+      <c r="E83" t="s">
+        <v>70</v>
+      </c>
+      <c r="F83" t="s">
+        <v>65</v>
+      </c>
+      <c r="G83" s="1" t="s">
         <v>312</v>
       </c>
-      <c r="D83" t="s">
-[...8 lines deleted...]
-      <c r="G83" s="1" t="s">
+      <c r="H83" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
+        <v>314</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
         <v>315</v>
       </c>
-      <c r="B84" t="s">
-[...2 lines deleted...]
-      <c r="C84" t="s">
+      <c r="D84" t="s">
+        <v>69</v>
+      </c>
+      <c r="E84" t="s">
+        <v>70</v>
+      </c>
+      <c r="F84" t="s">
+        <v>65</v>
+      </c>
+      <c r="G84" s="1" t="s">
         <v>316</v>
       </c>
-      <c r="D84" t="s">
-[...8 lines deleted...]
-      <c r="G84" s="1" t="s">
+      <c r="H84" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
+        <v>318</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
         <v>319</v>
       </c>
-      <c r="B85" t="s">
-[...2 lines deleted...]
-      <c r="C85" t="s">
+      <c r="D85" t="s">
+        <v>69</v>
+      </c>
+      <c r="E85" t="s">
+        <v>70</v>
+      </c>
+      <c r="F85" t="s">
+        <v>92</v>
+      </c>
+      <c r="G85" s="1" t="s">
         <v>320</v>
       </c>
-      <c r="D85" t="s">
-[...8 lines deleted...]
-      <c r="G85" s="1" t="s">
+      <c r="H85" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>322</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
         <v>323</v>
       </c>
-      <c r="B86" t="s">
-[...2 lines deleted...]
-      <c r="C86" t="s">
+      <c r="D86" t="s">
+        <v>69</v>
+      </c>
+      <c r="E86" t="s">
+        <v>70</v>
+      </c>
+      <c r="F86" t="s">
+        <v>186</v>
+      </c>
+      <c r="G86" s="1" t="s">
         <v>324</v>
       </c>
-      <c r="D86" t="s">
-[...8 lines deleted...]
-      <c r="G86" s="1" t="s">
+      <c r="H86" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
+        <v>326</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
         <v>327</v>
       </c>
-      <c r="B87" t="s">
-[...2 lines deleted...]
-      <c r="C87" t="s">
+      <c r="D87" t="s">
+        <v>69</v>
+      </c>
+      <c r="E87" t="s">
+        <v>70</v>
+      </c>
+      <c r="F87" t="s">
+        <v>186</v>
+      </c>
+      <c r="G87" s="1" t="s">
         <v>328</v>
       </c>
-      <c r="D87" t="s">
-[...8 lines deleted...]
-      <c r="G87" s="1" t="s">
+      <c r="H87" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
+        <v>330</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
         <v>331</v>
       </c>
-      <c r="B88" t="s">
-[...2 lines deleted...]
-      <c r="C88" t="s">
+      <c r="D88" t="s">
+        <v>69</v>
+      </c>
+      <c r="E88" t="s">
+        <v>70</v>
+      </c>
+      <c r="F88" t="s">
+        <v>65</v>
+      </c>
+      <c r="G88" s="1" t="s">
         <v>332</v>
       </c>
-      <c r="D88" t="s">
-[...8 lines deleted...]
-      <c r="G88" s="1" t="s">
+      <c r="H88" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
+        <v>334</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
         <v>335</v>
       </c>
-      <c r="B89" t="s">
-[...2 lines deleted...]
-      <c r="C89" t="s">
+      <c r="D89" t="s">
+        <v>69</v>
+      </c>
+      <c r="E89" t="s">
+        <v>70</v>
+      </c>
+      <c r="F89" t="s">
+        <v>136</v>
+      </c>
+      <c r="G89" s="1" t="s">
         <v>336</v>
-      </c>
-[...10 lines deleted...]
-        <v>54</v>
       </c>
       <c r="H89" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>338</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
         <v>339</v>
       </c>
       <c r="D90" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E90" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F90" t="s">
-        <v>183</v>
+        <v>92</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H90" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>341</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>342</v>
       </c>
       <c r="D91" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E91" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F91" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H91" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>344</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>345</v>
       </c>
       <c r="D92" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E92" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F92" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H92" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>347</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
         <v>348</v>
       </c>
       <c r="D93" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E93" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F93" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="G93" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H93" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>350</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>351</v>
       </c>
       <c r="D94" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E94" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F94" t="s">
-        <v>79</v>
+        <v>186</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H94" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>353</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
         <v>354</v>
       </c>
       <c r="D95" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E95" t="s">
+        <v>70</v>
+      </c>
+      <c r="F95" t="s">
         <v>65</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H95" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>356</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>357</v>
       </c>
       <c r="D96" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E96" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H96" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>359</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
         <v>360</v>
       </c>
       <c r="D97" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E97" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F97" t="s">
-        <v>124</v>
+        <v>61</v>
       </c>
       <c r="G97" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H97" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>362</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>363</v>
       </c>
       <c r="D98" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E98" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F98" t="s">
-        <v>183</v>
+        <v>127</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H98" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>365</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>10</v>
+        <v>366</v>
       </c>
       <c r="D99" t="s">
-        <v>366</v>
+        <v>69</v>
       </c>
       <c r="E99" t="s">
-        <v>367</v>
+        <v>70</v>
       </c>
       <c r="F99" t="s">
-        <v>61</v>
+        <v>186</v>
       </c>
       <c r="G99" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H99" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
+        <v>368</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>10</v>
+      </c>
+      <c r="D100" t="s">
         <v>369</v>
       </c>
-      <c r="B100" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E100" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="F100" t="s">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="G100" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H100" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D101" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="E101" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="F101" t="s">
-        <v>183</v>
+        <v>77</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H101" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D102" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="E102" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="F102" t="s">
-        <v>66</v>
+        <v>186</v>
       </c>
       <c r="G102" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H102" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D103" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="E103" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="F103" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H103" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D104" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="E104" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="F104" t="s">
-        <v>183</v>
+        <v>71</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H104" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D105" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="E105" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="F105" t="s">
-        <v>88</v>
+        <v>186</v>
       </c>
       <c r="G105" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H105" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D106" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="E106" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="F106" t="s">
-        <v>183</v>
+        <v>92</v>
       </c>
       <c r="G106" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H106" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D107" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="E107" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="F107" t="s">
-        <v>72</v>
+        <v>186</v>
       </c>
       <c r="G107" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H107" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D108" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="E108" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="F108" t="s">
-        <v>133</v>
+        <v>77</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H108" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D109" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="E109" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="F109" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H109" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="D110" t="s">
-        <v>390</v>
+        <v>369</v>
       </c>
       <c r="E110" t="s">
+        <v>370</v>
+      </c>
+      <c r="F110" t="s">
+        <v>136</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H110" t="s">
         <v>391</v>
-      </c>
-[...7 lines deleted...]
-        <v>394</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
         <v>10</v>
       </c>
       <c r="D111" t="s">
+        <v>393</v>
+      </c>
+      <c r="E111" t="s">
+        <v>394</v>
+      </c>
+      <c r="F111" t="s">
+        <v>395</v>
+      </c>
+      <c r="G111" s="1" t="s">
         <v>396</v>
       </c>
-      <c r="E111" t="s">
+      <c r="H111" t="s">
         <v>397</v>
-      </c>
-[...7 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
+        <v>398</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>10</v>
+      </c>
+      <c r="D112" t="s">
+        <v>399</v>
+      </c>
+      <c r="E112" t="s">
+        <v>400</v>
+      </c>
+      <c r="F112" t="s">
         <v>401</v>
-      </c>
-[...13 lines deleted...]
-        <v>398</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>402</v>
       </c>
       <c r="H112" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>404</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D113" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="E113" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="F113" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="G113" s="1" t="s">
         <v>405</v>
       </c>
       <c r="H113" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>407</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D114" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="E114" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="F114" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="G114" s="1" t="s">
         <v>408</v>
       </c>
       <c r="H114" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>410</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D115" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="E115" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="F115" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="G115" s="1" t="s">
         <v>411</v>
       </c>
       <c r="H115" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>413</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D116" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="E116" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="F116" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>414</v>
       </c>
       <c r="H116" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>416</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D117" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="E117" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="F117" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>417</v>
       </c>
       <c r="H117" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>419</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D118" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="E118" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="F118" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="G118" s="1" t="s">
         <v>420</v>
       </c>
       <c r="H118" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>422</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D119" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="E119" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="F119" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>423</v>
       </c>
       <c r="H119" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>425</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D120" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="E120" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="F120" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>426</v>
       </c>
       <c r="H120" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>428</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D121" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="E121" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="F121" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>429</v>
       </c>
       <c r="H121" t="s">
         <v>430</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>431</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="D122" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="E122" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="F122" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>432</v>
       </c>
       <c r="H122" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>434</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="D123" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="E123" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="F123" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="G123" s="1" t="s">
         <v>435</v>
       </c>
       <c r="H123" t="s">
-        <v>421</v>
+        <v>436</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>107</v>
+        <v>60</v>
       </c>
       <c r="D124" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="E124" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="F124" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="H124" t="s">
-        <v>438</v>
+        <v>424</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>439</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
         <v>111</v>
       </c>
       <c r="D125" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="E125" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="F125" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>440</v>
       </c>
       <c r="H125" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>442</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>115</v>
+        <v>64</v>
       </c>
       <c r="D126" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="E126" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="F126" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="G126" s="1" t="s">
         <v>443</v>
       </c>
       <c r="H126" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>445</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="D127" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="E127" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="F127" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="G127" s="1" t="s">
         <v>446</v>
       </c>
       <c r="H127" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>448</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="D128" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="E128" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="F128" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>449</v>
       </c>
       <c r="H128" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>451</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="D129" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="E129" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="F129" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>452</v>
       </c>
       <c r="H129" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>454</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="D130" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="E130" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="F130" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="G130" s="1" t="s">
         <v>455</v>
       </c>
       <c r="H130" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>457</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>10</v>
+        <v>135</v>
       </c>
       <c r="D131" t="s">
+        <v>399</v>
+      </c>
+      <c r="E131" t="s">
+        <v>400</v>
+      </c>
+      <c r="F131" t="s">
+        <v>401</v>
+      </c>
+      <c r="G131" s="1" t="s">
         <v>458</v>
       </c>
-      <c r="E131" t="s">
+      <c r="H131" t="s">
         <v>459</v>
-      </c>
-[...7 lines deleted...]
-        <v>461</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
+        <v>460</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>10</v>
+      </c>
+      <c r="D132" t="s">
+        <v>461</v>
+      </c>
+      <c r="E132" t="s">
         <v>462</v>
       </c>
-      <c r="B132" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F132" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>54</v>
+        <v>463</v>
       </c>
       <c r="H132" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D133" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="E133" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="F133" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>465</v>
+        <v>54</v>
       </c>
       <c r="H133" t="s">
         <v>466</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>467</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D134" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="E134" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="F134" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>54</v>
+        <v>468</v>
       </c>
       <c r="H134" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D135" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="E135" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="F135" t="s">
-        <v>66</v>
+        <v>127</v>
       </c>
       <c r="G135" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H135" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D136" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="E136" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="F136" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="G136" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H136" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D137" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="E137" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="F137" t="s">
-        <v>183</v>
+        <v>71</v>
       </c>
       <c r="G137" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H137" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D138" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="E138" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="F138" t="s">
-        <v>133</v>
+        <v>186</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>476</v>
+        <v>54</v>
       </c>
       <c r="H138" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>478</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D139" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="E139" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="F139" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>54</v>
+        <v>479</v>
       </c>
       <c r="H139" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D140" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="E140" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="F140" t="s">
-        <v>79</v>
+        <v>136</v>
       </c>
       <c r="G140" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H140" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D141" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="E141" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="F141" t="s">
-        <v>133</v>
+        <v>65</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H141" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="D142" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="E142" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="F142" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="G142" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H142" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="D143" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="E143" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="F143" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="G143" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H143" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="D144" t="s">
-        <v>489</v>
+        <v>461</v>
       </c>
       <c r="E144" t="s">
+        <v>462</v>
+      </c>
+      <c r="F144" t="s">
+        <v>136</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H144" t="s">
         <v>490</v>
-      </c>
-[...7 lines deleted...]
-        <v>492</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
+        <v>491</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>10</v>
+      </c>
+      <c r="D145" t="s">
+        <v>492</v>
+      </c>
+      <c r="E145" t="s">
         <v>493</v>
-      </c>
-[...10 lines deleted...]
-        <v>490</v>
       </c>
       <c r="F145" t="s">
         <v>13</v>
       </c>
       <c r="G145" s="1" t="s">
         <v>494</v>
       </c>
       <c r="H145" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>496</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D146" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E146" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F146" t="s">
         <v>13</v>
       </c>
       <c r="G146" s="1" t="s">
         <v>497</v>
       </c>
       <c r="H146" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>499</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D147" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E147" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F147" t="s">
         <v>13</v>
       </c>
       <c r="G147" s="1" t="s">
         <v>500</v>
       </c>
       <c r="H147" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>502</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D148" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E148" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F148" t="s">
         <v>13</v>
       </c>
       <c r="G148" s="1" t="s">
         <v>503</v>
       </c>
       <c r="H148" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>505</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D149" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E149" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F149" t="s">
         <v>13</v>
       </c>
       <c r="G149" s="1" t="s">
         <v>506</v>
       </c>
       <c r="H149" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>508</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D150" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E150" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F150" t="s">
         <v>13</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>54</v>
+        <v>509</v>
       </c>
       <c r="H150" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D151" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E151" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F151" t="s">
-        <v>133</v>
+        <v>13</v>
       </c>
       <c r="G151" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H151" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D152" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E152" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F152" t="s">
-        <v>66</v>
+        <v>136</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H152" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D153" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E153" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F153" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="G153" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H153" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D154" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E154" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F154" t="s">
-        <v>517</v>
+        <v>65</v>
       </c>
       <c r="G154" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H154" t="s">
         <v>518</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>519</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>53</v>
+      </c>
+      <c r="D155" t="s">
+        <v>492</v>
+      </c>
+      <c r="E155" t="s">
+        <v>493</v>
+      </c>
+      <c r="F155" t="s">
+        <v>520</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H155" t="s">
+        <v>521</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -6153,50 +6188,51 @@
     <hyperlink ref="G130" r:id="rId129"/>
     <hyperlink ref="G131" r:id="rId130"/>
     <hyperlink ref="G132" r:id="rId131"/>
     <hyperlink ref="G133" r:id="rId132"/>
     <hyperlink ref="G134" r:id="rId133"/>
     <hyperlink ref="G135" r:id="rId134"/>
     <hyperlink ref="G136" r:id="rId135"/>
     <hyperlink ref="G137" r:id="rId136"/>
     <hyperlink ref="G138" r:id="rId137"/>
     <hyperlink ref="G139" r:id="rId138"/>
     <hyperlink ref="G140" r:id="rId139"/>
     <hyperlink ref="G141" r:id="rId140"/>
     <hyperlink ref="G142" r:id="rId141"/>
     <hyperlink ref="G143" r:id="rId142"/>
     <hyperlink ref="G144" r:id="rId143"/>
     <hyperlink ref="G145" r:id="rId144"/>
     <hyperlink ref="G146" r:id="rId145"/>
     <hyperlink ref="G147" r:id="rId146"/>
     <hyperlink ref="G148" r:id="rId147"/>
     <hyperlink ref="G149" r:id="rId148"/>
     <hyperlink ref="G150" r:id="rId149"/>
     <hyperlink ref="G151" r:id="rId150"/>
     <hyperlink ref="G152" r:id="rId151"/>
     <hyperlink ref="G153" r:id="rId152"/>
     <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>