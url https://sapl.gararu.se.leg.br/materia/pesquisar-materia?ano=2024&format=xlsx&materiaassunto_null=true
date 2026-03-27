--- v0 (2025-12-13)
+++ v1 (2026-03-27)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>João de Bebé</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/</t>
+    <t>http://sapl.gararu.se.leg.br/media/</t>
   </si>
   <si>
     <t>Construção, Ampliação e Reforma das passagens molhadas de alguns povoados, em Gararu/Sergipe</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>RUTINALDO MACHADO</t>
   </si>
   <si>
     <t>Visa à doação de uniformes, bolsas e materiais escolares na rede de ensino municipal deste município</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Envie para essa Casa Legislativa Projeto de Lei, concedendo subvenção social para a Associação dos Trabalhadores Rurais do Povoado Cachoeirinha/Gararu</t>
   </si>
@@ -366,176 +366,176 @@
   <si>
     <t>788</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Gararuense ao senhor Erivan Francisco Sá dos Santos.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Gararuense ao senhor Maykel Luduvice Cruz.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/738/projeto_de_lei_no_01-2024.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/738/projeto_de_lei_no_01-2024.pdf</t>
   </si>
   <si>
     <t>Cria na Estrutura Administrativa da Prefeitura Municipal de Gararu, Estado de Sergipe, cargos de provimento efetivo e dá outras providências.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/739/projeto_de_lei_no_02-2024.crdownload</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/739/projeto_de_lei_no_02-2024.crdownload</t>
   </si>
   <si>
     <t>Altera o Art. 29 da Lei nº 647 de 08 de dezembro de 2017 e dá outras providências.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/743/projeto_de_lei_no_03-2024.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/743/projeto_de_lei_no_03-2024.pdf</t>
   </si>
   <si>
     <t>“Institui o Pagamento por Desempenho da Saúde Bucal por cumprimento dos Indicadores de Saúde Bucal na APS previstos na Portaria Nº 960, de 17 de julho de 2023, do Ministério da Saúde e, dá outras providências.”</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/744/projeto_de_lei_04.2024.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/744/projeto_de_lei_04.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ATUALIZAÇÃO DE VENCIMENTOS AOS SERVIDORES OCUPANTES DE CARGOS DE PROFESSOR, PARA O FIM ESPECÍFICO DE ADEQUAÇÃO AO PISO SALARIAL PROFISSIONAL NACIONAL DOS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO DA EDUCAÇÃO BÁSICA, NOS TERMOS EM QUE PRECEITUA A LEI FEDERAL Nº 11.738/2008, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/745/projeto_de_lei_05.2024.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/745/projeto_de_lei_05.2024.pdf</t>
   </si>
   <si>
     <t>“Altera o anexo IV da lei 633/2016 de 08 de setembro de 2016, que institui o percentual do adicional do exercício de função pelo número de alunos_x000D_
 matriculados nas escolas no âmbito do município de Gararu/SE e dá outras providências. ”</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/749/projeto_de_lei_no_06-2024.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/749/projeto_de_lei_no_06-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/758/projeto_de_lei_no_07-2024.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/758/projeto_de_lei_no_07-2024.pdf</t>
   </si>
   <si>
     <t>“Estabelece normas para concessão de subvenções sociais pelo Município de GARARU para a ASSOCIAÇÃO CULTURAL ARTE VIVA, CNPJ: 16.665.503/0001-16 e dá outras providências.”.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/759/projeto_de_lei_no_08-2024.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/759/projeto_de_lei_no_08-2024.pdf</t>
   </si>
   <si>
     <t>Abre créditos suplementares até o limite de mais 40,00% (quarenta por cento) da despesa fixada para o corrente exercício, respeitando o disposto contido no Art. 43 da Lei Federal nº 4.320, de 17 de Março de 1.964.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/760/projeto_de_lei_no_09-2024.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/760/projeto_de_lei_no_09-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Academia da Saúde, localizada na sede deste Município e dá outras providências.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/765/projeto_de_lei_no_10-2024.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/765/projeto_de_lei_no_10-2024.pdf</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/767/projeto_de_lei_no_11-2024.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/767/projeto_de_lei_no_11-2024.pdf</t>
   </si>
   <si>
     <t>Promove adequação orçamentária no âmbito do Município de GARARU-SE e autoriza a abertura de crédito adicional especial ao orçamento anual de 2024 no valor de R$ 98.165,53.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/769/projeto_de_lei_no_12-2024.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/769/projeto_de_lei_no_12-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a estimativa das receitas e a fixação das despesas para o orçamento geral do Município de Gararu, Estado de Sergipe, relativas ao exercício _x000D_
  financeiro de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/776/projeto_de_lei_no_13-2024.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/776/projeto_de_lei_no_13-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a destinação de percentual dos valores arrecadados de Imposto Sobre Serviços de Qualquer Natureza (ISS) ao Fundo Municipal dos Direitos da Criança e do Adolescente (FMDCA) e regulamenta o inciso I do art. 57, §3º, da Lei 647/2021.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/779/projeto_de_lei_14_-_2024.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/779/projeto_de_lei_14_-_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e aprovação do Plano Municipal da Primeira Infância de Gararu, em cumprimento ao marco legal da Primeira Infância, e dá outras providências.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/790/projeto_de_lei_no_15_2024.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/790/projeto_de_lei_no_15_2024.pdf</t>
   </si>
   <si>
     <t>Abre créditos suplementares até o limite de 80,00% (Oitenta por cento) da despesa fixada para exercício financeiro de 2025, respeitando o disposto contido no Art. 43 da Lei Federal nº 4.320, de 17 de Março de 1.964.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t xml:space="preserve">Projeto de Lei Ordinária do Legislativo </t>
   </si>
   <si>
     <t>Inclui, no Calendário Cultural e de Eventos do Município de Gararu, a Festa de Pega de Boi no Mato do Povoado Lagoa Lasa e dá outras providências.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Praça localizada no Povoado Genipatuba deste Município e dá outras providências.</t>
   </si>
   <si>
     <t>770</t>
   </si>
@@ -920,68 +920,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/738/projeto_de_lei_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/739/projeto_de_lei_no_02-2024.crdownload" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/743/projeto_de_lei_no_03-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/744/projeto_de_lei_04.2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/745/projeto_de_lei_05.2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/749/projeto_de_lei_no_06-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/758/projeto_de_lei_no_07-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/759/projeto_de_lei_no_08-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/760/projeto_de_lei_no_09-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/765/projeto_de_lei_no_10-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/767/projeto_de_lei_no_11-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/769/projeto_de_lei_no_12-2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/776/projeto_de_lei_no_13-2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/779/projeto_de_lei_14_-_2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/790/projeto_de_lei_no_15_2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/738/projeto_de_lei_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/739/projeto_de_lei_no_02-2024.crdownload" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/743/projeto_de_lei_no_03-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/744/projeto_de_lei_04.2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/745/projeto_de_lei_05.2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/749/projeto_de_lei_no_06-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/758/projeto_de_lei_no_07-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/759/projeto_de_lei_no_08-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/760/projeto_de_lei_no_09-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/765/projeto_de_lei_no_10-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/767/projeto_de_lei_no_11-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/769/projeto_de_lei_no_12-2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/776/projeto_de_lei_no_13-2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/779/projeto_de_lei_14_-_2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2024/790/projeto_de_lei_no_15_2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="35.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="104.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="103.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>