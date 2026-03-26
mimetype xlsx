--- v0 (2025-12-18)
+++ v1 (2026-03-26)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>RUTINALDO MACHADO</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/</t>
+    <t>http://sapl.gararu.se.leg.br/media/</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA ao Projeto de Lei do Poder Executivo, nº 001/2022, que dispõe sobre o reajuste de vencimentos aos servidores ocupantes de cargos de professor, para o fim especifico de adequação ao piso salarial profissional, nacional dos profissionais do magistério público da educação básica, nos termos em que preceitua a Lei Federal nº 11.738/2008, e dá outras providencias.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>VALDINHO DA GENIPATUBA</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. Que seja criado um Centro Cultural na sede do nosso município.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>2</t>
   </si>
@@ -549,118 +549,118 @@
   <si>
     <t>586</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Gararuense ao Conselheiro do Tribunal de Contas de Sergipe Dr. Carlos Pinna de Assis.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2022/573/lei_no_744_de_18_de_fevereiro_de_2022.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2022/573/lei_no_744_de_18_de_fevereiro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para o Poder Executivo conceder Reajuste do Piso Salarial Nacional da Carreira do Magistério Público Municipal de Gararu.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>Modifica o Anexo I e II da Lei nº 674/2019.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2022/598/projeto_de_lei_no_03_2022.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2022/598/projeto_de_lei_no_03_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2023 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2022/610/projeto_de_lei_04.2022.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2022/610/projeto_de_lei_04.2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE DE_x000D_
 VENCIMENTOS AOS SERVIDORES_x000D_
 OCUPANTES DE CARGOS DE_x000D_
 PROFESSOR, PARA O FIM ESPECÍFICO_x000D_
 DE ADEQUAÇÃO AO PISO SALARIAL_x000D_
 PROFISSIONAL NACIONAL DOS_x000D_
 PROFISSIONAIS DO MAGISTÉRIO_x000D_
 PÚBLICO DA EDUCAÇÃO BÁSICA, NOS_x000D_
 TERMOS EM QUE PRECEITUA A LEI_x000D_
 FEDERAL Nº 11.738/2008, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>Estabelece Piso Salarial Profissional Nacional para os Agentes Comunitários de Saúde e Agentes de Combate às Endemias do Município de Gararu-SE e dá outras providências.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>Dispõe sobre o Percentual Máximo de_x000D_
 consignação para fins de Empréstimo_x000D_
 Consignado aos servidores municipais e dá_x000D_
 outras providencias.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2022/630/projeto_de_lei_no_07_2022.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2022/630/projeto_de_lei_no_07_2022.pdf</t>
   </si>
   <si>
     <t>“ESTABELECE REGRAS BÁSICAS PARA A SELEÇÃO DE DIRETORES DE ESCOLAS DA REDE PÚBLICA MUNICIPAL DE GARARU, E DÁ PROVIDÊNCIAS CORRELATAS.”.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2022/631/projeto_de_lei_no_08_2022_de_26_de_setembro_de_2022..pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2022/631/projeto_de_lei_no_08_2022_de_26_de_setembro_de_2022..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a estimativa das receitas e a fixação das despesas para o orçamento geral do Município de Gararu, Estado de Sergipe, relativas ao exercício financeiro de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t xml:space="preserve">Projeto de Lei Ordinária do Legislativo </t>
   </si>
   <si>
     <t>Institui no Calendário Oficial de Festas e Eventos do Município de Gararu o FORRÓ DA ROLA do povoado São Mateus.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>Denomina a nomeação do campo de futebol do povoado São Mateus, para Campo de Futebol "Reinaldo Oliveira Freitas”.</t>
   </si>
   <si>
     <t>635</t>
   </si>
@@ -681,51 +681,51 @@
 Social no âmbito municipal e demais_x000D_
 providencias.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>INSTITUI O ADICIONAL DE PERICULOSIDADE AOS OCUPANTES DE CARGO DE PROVIMENTO EFETIVO DE VILIGANTE DO MUNIDÍPIO DE GARARU/SE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Que seja convocado o Sr.Valnor Souza Cavalcante, Secretário de Obras e Serviços Urbanos deste Município.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2022/634/requerimento_no_02_2022.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2022/634/requerimento_no_02_2022.pdf</t>
   </si>
   <si>
     <t>SOLICITA JUNTO 8ª ZONA ELEITORAL, REPRESENTADO PELO JUIZ ELEITORAL DA COMARCA DE GARARU, PROPOSTA DE AMPLIAÇÃO DE SESSÕES ELEITORAIS EM NOSSO MUNICÍPIO, ONDE TEM COMO OBJETIVO FACILITAR O ACESSO, DESLOCAMENTOS DOS NOSSOS ELEITORES E CONTENÇÃO DE DESPESAS.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>§ 2ª SE HOUVER REQUERIMENTO ESCRITO OU ORAL E APROVADO PELA MAIORIA SIMPLES DO PLENÁRIO, A REALIZAÇÃO DA ELEIÇÃO DA MESA DIRETORA PARA O SEGUNDO BIENIO PODERÁ SER REALIZADA NA MESMA SESSÃO EM QUE FOI APROVADO O REQUERIMENTO, DEVENDO SER SUSPENSA A SESSÃO POR 30 (TRINTA) MINUTOS PARA COMPOSIÇÃO DAS CHAPAS, PARA EM SEGUIDA SER REALIZADA ELEIÇÃO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -1038,68 +1038,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2022/573/lei_no_744_de_18_de_fevereiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2022/598/projeto_de_lei_no_03_2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2022/610/projeto_de_lei_04.2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2022/630/projeto_de_lei_no_07_2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2022/631/projeto_de_lei_no_08_2022_de_26_de_setembro_de_2022..pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2022/634/requerimento_no_02_2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2022/573/lei_no_744_de_18_de_fevereiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2022/598/projeto_de_lei_no_03_2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2022/610/projeto_de_lei_04.2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2022/630/projeto_de_lei_no_07_2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2022/631/projeto_de_lei_no_08_2022_de_26_de_setembro_de_2022..pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2022/634/requerimento_no_02_2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="35.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="30.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="125.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="124.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>