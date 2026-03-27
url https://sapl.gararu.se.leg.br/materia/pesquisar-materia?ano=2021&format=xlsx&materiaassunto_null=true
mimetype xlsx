--- v0 (2025-12-16)
+++ v1 (2026-03-27)
@@ -54,678 +54,678 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>LENINHA DO SARGENTO GEOVAN</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/356/indicacao_01-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/356/indicacao_01-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A construção de uma praça de lazer no Conjunto José Gomes dos Santos.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/357/indicacao_02-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/357/indicacao_02-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A construção de dois quebra-molas na Rodovia do Conjunto Novo.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t xml:space="preserve">Alex do Mercadinho </t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/</t>
+    <t>http://sapl.gararu.se.leg.br/media/</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A Pavimentação e a Construção de uma Praça de Lazer em frente à Igreja do povoado Ouricuri/Gararu-Se.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/364/indicacao_04-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/364/indicacao_04-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A Construção uma Praça de Lazer e Uma Ponte no povoado Lagoa Rasa/Gararu-SE.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/365/indicacao_03-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/365/indicacao_03-2021.pdf</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Ninho de São Mateus</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/366/indicacao_06-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/366/indicacao_06-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A reforma da Praça do Conjunto Albano Franco, a Construção do Muro do Campo, como também um Coveiro no Cemitério, situados no Povoado São Mateus/Gararu.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/367/indicacao_07-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/367/indicacao_07-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. Realizar serviço de manutenção de estradas utilizando máquinas a cada seis meses em todo o município de Gararu/Se.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>VALDINHO DA GENIPATUBA</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/368/indicacao_08-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/368/indicacao_08-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A Pavimentação calçada das ruas que ainda não foram pavimentadas, e a construção de uma Quadra Poliesportiva no Povoado Lagoa do Porco/Gararu-Se.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/369/indicacao_09-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/369/indicacao_09-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A reforma e Pavimentação da Praça da Igreja na Genipatuba, Gararu/Se.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>João de Bebé</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/370/indicacao_10-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/370/indicacao_10-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A reforma e ampliação da passagem molhada que liga o Assentamento Cachoeirinha à Nossa Senhora da Glória.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/371/indicacao_11-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/371/indicacao_11-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A aquisição e entrega de um veículo ao Povoado Várzea Nova.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/372/indicacao_12-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/372/indicacao_12-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A construção de um quebra-molas na Praça Manoel Vicente de Brito, Gararu/Se.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/373/indicacao_13-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/373/indicacao_13-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A construção de uma Praça no Povoado Cabaceiro, Gararu/Se.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/374/indicacao_14-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/374/indicacao_14-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A Pavimentação e a Construção de uma Praça de Lazer em frente à Associação do povoado Ouricurizeira/Gararu-Se.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/375/indicacao_15-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/375/indicacao_15-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A Construção de Quadra Poliesportiva, como também a Pavimentação e a Coleta de Lixo, do povoado Várzea Nova/Gararu-Se.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>RUTINALDO MACHADO</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/378/indicacao_16-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/378/indicacao_16-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A Construção de um Posto de Saúde no povoado Várzea Nova/Gararu-Se.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/379/indicacao_17-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/379/indicacao_17-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. O calçamento com paralelepípedo no povoado Couro Seco/Gararu-Se.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/381/indicacao_18.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/381/indicacao_18.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A iluminação iniciando do Conjunto Elísio Araújo até povoado Oiteiro/Gararu-Se.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/382/indicacao_19-21.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/382/indicacao_19-21.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. Uma quadra Poliesportiva entre os povoados Cabaceiro e Genipatuba/Gararu-Se.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/394/indicacao_20-21.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/394/indicacao_20-21.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. Uma Quadra Poliesportiva no povoado Jaramataia/Gararu-Se.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/383/indicacao_21-21.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/383/indicacao_21-21.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. O calçamento da Rua Alto do Cruzeiro com paralelepípedo situada em Gararu/Se.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>ZÉ RAIMUNDO SAÚDE</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/384/indicacao_22-21.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/384/indicacao_22-21.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A implantação da Orquestra Sinfônica na cidade.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/385/indicacao_23-21.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/385/indicacao_23-21.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. Uma Praça de Eventos no Povoado Lagoa do Porco/Gararu-Se.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/386/indicacao_24-21.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/386/indicacao_24-21.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. Uma Quadra Poliesportiva e um Posto de Saúde no Povoado Golfinhos/Gararu-Se.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/387/indicacao_25-21.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/387/indicacao_25-21.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. O aterramento do antigo açude para que no mesmo local seja construído um Campo Society, e a Reforma da Praça da Rua do Mercado no Povoado São Mateus/Gararu-Se.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/388/indicacao_26-21.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/388/indicacao_26-21.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A aquisição e entrega de um veículo ao povoado Lagoa Rasa/Gararu-Se.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/389/indicacao_27-21.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/389/indicacao_27-21.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A reforma e ampliação da passagem molhada que liga o povoado São Mateus ao povoado Lagoa Rasa/Gararu-Se.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/390/indicacao_28-21.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/390/indicacao_28-21.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. Disponibilize um automóvel no posto de Saúde, construir o muro e reformar a capela do cemitério no povoado Lagoa Rasa/Gararu-Se.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/393/indicacao_29-21.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/393/indicacao_29-21.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. O calçamento com paralelepípedo e uma Praça no beco da Rua de Acácio, finalizando na Rua do Colégio Nelson Resende, no povoado São Mateus/Gararu-Se.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/392/indicacao_30-21.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/392/indicacao_30-21.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A construção de uma praça da saúde na Rua José Rufino, localizado onde fica o açude no povoado São Mateus/Gararu-Se.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/399/indicacao_31-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/399/indicacao_31-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A reforma da Quadra Poliesportiva, o Calçamento na Rua do Sr. Gilmar, como também na Rua da Esquina da borracharia do Sr. Beto, no povoado Oiteiro/Gararu-Se.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/400/indicacao_32-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/400/indicacao_32-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A Execução de Terraplanagem do Campo de Futebol, e a Construção de uma Praça de lazer, localizada na entrada do povoado, vindo da cidade, ambas indicações para o povoado Lagoa do Porco/Gararu-Se.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/401/indicacao_33-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/401/indicacao_33-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A Construção de uma Quadra Poliesportiva no Conjunto José Gomes dos Santos em Gararu-Se.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/402/indicacao_34-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/402/indicacao_34-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A Construção de Pontos de Ônibus, nos povoados Querereu. Jibóia e Lagoa de Dentro, povoados de Gararu/Se.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/403/indicacao_35-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/403/indicacao_35-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A Reforma da Praça Rafael dos Santos, e da Praça da Rua José Rufino, no povoado São Mateus/Gararu-Se.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/404/indicacao_36-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/404/indicacao_36-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A Pavimentação Asfáltica do povoado São Mateus/Gararu-Se.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/405/indicacao_37-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/405/indicacao_37-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A Reforma da Escola e da Quadra Poliesportiva, no povoado Monte Santo/Gararu-Se.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/406/indicacao_38-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/406/indicacao_38-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A Construção de um Posto de Saúde e a reforma da Escola, no povoado Genipatuba/Gararu-Se.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/407/indicacao_39-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/407/indicacao_39-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A construção de um Posto de Saúde no Assentamento Cachoeirinha/Agrovila II, Gararu-Se.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/408/indicacao_40-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/408/indicacao_40-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A construção de um Posto de Saúde no povoado Genipatuba/Gararu-Se.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/409/indicacao_41-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/409/indicacao_41-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A Construção de um Posto de Saúde no povoado Varzea Nova/Gararu-Se.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/410/indicacao_42-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/410/indicacao_42-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A Construção de um Posto de Saúde no povoado Golfinhos/Gararu-Se.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/411/indicacao_43-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/411/indicacao_43-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A construção de uma Quadra Poliesportiva no povoado Lagoa Funda/Gararu-Se.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/412/indicacao_44-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/412/indicacao_44-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A construção de um vestuário no Campo de Esportes e a construção de dois quebra-molas na Rua no fundo do Mercado, ambas indicações para o povoado São Mateus/Gararu-Se.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/414/indicacao_45-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/414/indicacao_45-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A construção de uma Quadra Poliesportiva no Assentamento Flor da Índia /Gararu-Se.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/415/indicacao_46-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/415/indicacao_46-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A construção de um Posto de Saúde no Assentamento Josenilton Alves /Gararu-Se.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/416/indicacao_47-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/416/indicacao_47-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A Construção de uma Quadra Poliesportiva para o Assentamento Cachoeirinha II em Gararu-Se.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/417/indicacao_48-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/417/indicacao_48-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A Construção de duas Garagens Municipais, sendo uma no povoado São Mateus e outra na sede do município.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/418/indicacao_49-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/418/indicacao_49-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A Reforma do Estádio Municipal localizado na cidade de  Gararu-Se.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/419/indicacao_50-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/419/indicacao_50-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. Que a prefeitura providencie uma casa de apoio em Aracaju.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/420/indicacao_51-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/420/indicacao_51-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A construção de dois quebra-molas na rodovia em frente ao o povoado Monte Santo/Gararu-Se.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/421/indicacao_52-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/421/indicacao_52-2021.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A construção de dois quebra-molas em frente a borracharia do Sr. Cosminho localizado no povoado Oiteiro/Gararu-Se.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A construção de dois quebra-molas na Praça Sete de Setembro em Gararu-Se.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize através do departamento competente. A Pavimentação do povoado Cabaceiro/Gararu-Se.</t>
   </si>
   <si>
     <t>425</t>
   </si>
@@ -1647,69 +1647,69 @@
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Que seja consignada nos anais desta Casa Egrécia Legislativa, Moção de Aplausos ao Senhor José Ribeiro Gomes de Sá (Adelmo J.R) Diretor-Presidente da Rádio “Voz da Comunidade”.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>Requeiro à mesa Diretora, na forma regimental, que seja consignada nos anais desta Casa Egrécia Legislativa, Moção de Aplausos ao Grupo Açaí Mais.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/362/projeto_de_decreto_legislativo_01-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/362/projeto_de_decreto_legislativo_01-2021.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Gararuense ao Senhor Délio da Silva Franco.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/363/projeto_de_decreto_legislativo_02-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/363/projeto_de_decreto_legislativo_02-2021.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Gararuense ao Sr. José Manoel de Oliveira.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/413/projeto_de_decreto_legislativo_no_3-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/413/projeto_de_decreto_legislativo_no_3-2021.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Gararuense a Sra. Elma Silva Oliveira.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Gararuense ao Sr. André Carmo Silva.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Gararuense ao Sr. Euvan da Hora.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Gararuense ao Sr. Anselmo dos Santos.</t>
   </si>
   <si>
     <t>442</t>
   </si>
@@ -1737,180 +1737,180 @@
   <si>
     <t>526</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Gararuense ao Sr. Carlos Magno Delfino da Silva.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Gararuense ao Sr. José Medeiros de Andrade.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/380/projeto_de_lei_do_executivo_01-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/380/projeto_de_lei_do_executivo_01-2021.pdf</t>
   </si>
   <si>
     <t>Dispões sobre Programa de incentivo à Aposentadoria dos Servidores Públicos Efetivos do Município de Gararu, vinculados ao Regime da Previdência Social e dá outras providências.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/422/projeto_de_lei_n_02_2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/422/projeto_de_lei_n_02_2021.pdf</t>
   </si>
   <si>
     <t>Regulamenta a concessão de "diária" aos Servidores Civis da Administração Municipal, do Poder Executivo, que se deslocarem para localidades situadas dentro ou fora do Estado de Sergipe, e dá outras providências.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/445/projeto_de_lei_03-2021_executivo.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/445/projeto_de_lei_03-2021_executivo.pdf</t>
   </si>
   <si>
     <t>Cria e regulamenta o Conselho de Acompanhamento e Controle Social (CACS) do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação (FUNDEB), de que trata a Lei Federal nº 14.113, de 25 de dezembro de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTARIA DE 2022 A DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/527/projeto_de_lei_05.2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/527/projeto_de_lei_05.2021.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS NA LEI MUNICIPAL Nº 652/2018, DE 23 DE ABRIL DE 2018, VISANDO PARTICIPAÇÃO NAS COMPRAS DE BENS E CONTRATAÇÃO DE SERVIÇOS, DE FORMA COMPARTILHADA, ATRAVÉS DO CONSÓRCIO INTERMUNICIPAL DO VALE DO SÃO FRANCISCO - CONIVALES, NA FORMA E NAS CONDIÇÕES PREVISTAS PELA LEI FEDERAL Nº. 11.107/2005 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/528/projeto_de_lei_06.2021_saude.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/528/projeto_de_lei_06.2021_saude.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE GARARU A GRATIFICAÇÃO POR DESEMPENHO AOS PROFISSIONAIS DE SAÚDE QUE EXECUTAM ATIVIDADES NA ATENÇÃO PRIMÁRIA, QUE COMPÕE AS EQUIPES DE SAÚDE DA FAMÍLIA E COORDENAÇÃO ESPECÍFICA, E DÁ PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>ESTABELECE REGIME JURÍDICO ÚNICO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE GARARU, E DÁ PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>Dispõe sobre a estimativa das receitas e a fixação das despesas para o orçamento geral do Município de Gararu, Estado de Sergipe, relativas ao exercício financeiro de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>Dispões sobre o Plano Plurianal do Município de Gararu, para o quadriênio 2022 a 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/541/projeto_de_lei_no_10-2021-mesclado_1_1_1.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/541/projeto_de_lei_no_10-2021-mesclado_1_1_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DOS INCISOS I E II DO ART. 2º DA LEI Nº 686/2019 DE 09 DE DEZEMBRO DE 2019, QUE INSTITUI A LEGISLAÇÃO MUNICIPAL QUANTO A CONCESSÃO DE AUXÍLIO MORADIA E AUXÍLIO ALIMENTAÇÃO AOS MÉDICOS VINCULADOS AO PROGRAMA MAIS MÉDICOS VINCULADOS AO PROGRAMA MAIS MÉDICOS, QUE EXERCEM SUAS FUNÇÕES NO ÂMBITO MUNICIPAL.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/572/projeto_11.2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/572/projeto_11.2021.pdf</t>
   </si>
   <si>
     <t>INSTITUI A TAXA PELA DISPONIBILIZAÇÃO DO SERVIÇO PÚBLICO DE MANEJO DE RESÍDUOS SÓLIDOS URBANOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t xml:space="preserve">Projeto de Lei Ordinária do Legislativo </t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/376/projeto_de_lei_01-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/376/projeto_de_lei_01-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o nome de logradouro público na sede do município e dar providencias correlatadas.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/377/projeto_de_lei_02-2021.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/377/projeto_de_lei_02-2021.pdf</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/446/projeto_de_lei_n_03-2021_legislativo.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/446/projeto_de_lei_n_03-2021_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o nome de logradouro público e dar providencias correlatadas.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/396/projeto_de_lei_04-21.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/396/projeto_de_lei_04-21.pdf</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/397/projeto_de_lei_05-21.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/397/projeto_de_lei_05-21.pdf</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/398/projeto_de_lei_06-21.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/398/projeto_de_lei_06-21.pdf</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>Dispõe sobre a numeração de residências por todo o perímetro urbano e rural de todos os povoados deste município, e dá outras providências.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a ASSOCIAÇÃO DOS TRABALHADORES RURAIS DE CACHOERINHA, com sede no Povoado Cachoerinha e foro na comarca de Gararu.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a ASSOCIAÇÃO COMUNITARIA NOSSA SENHORA APARECIDA, com sede no Povoado Ouricuri e foro na comarca de Gararu.</t>
   </si>
   <si>
     <t>512</t>
   </si>
@@ -2349,68 +2349,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/356/indicacao_01-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/357/indicacao_02-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/364/indicacao_04-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/365/indicacao_03-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/366/indicacao_06-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/367/indicacao_07-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/368/indicacao_08-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/369/indicacao_09-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/370/indicacao_10-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/371/indicacao_11-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/372/indicacao_12-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/373/indicacao_13-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/374/indicacao_14-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/375/indicacao_15-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/378/indicacao_16-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/379/indicacao_17-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/381/indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/382/indicacao_19-21.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/394/indicacao_20-21.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/383/indicacao_21-21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/384/indicacao_22-21.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/385/indicacao_23-21.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/386/indicacao_24-21.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/387/indicacao_25-21.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/388/indicacao_26-21.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/389/indicacao_27-21.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/390/indicacao_28-21.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/393/indicacao_29-21.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/392/indicacao_30-21.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/399/indicacao_31-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/400/indicacao_32-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/401/indicacao_33-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/402/indicacao_34-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/403/indicacao_35-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/404/indicacao_36-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/405/indicacao_37-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/406/indicacao_38-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/407/indicacao_39-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/408/indicacao_40-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/409/indicacao_41-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/410/indicacao_42-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/411/indicacao_43-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/412/indicacao_44-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/414/indicacao_45-2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/415/indicacao_46-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/416/indicacao_47-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/417/indicacao_48-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/418/indicacao_49-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/419/indicacao_50-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/420/indicacao_51-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/421/indicacao_52-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/362/projeto_de_decreto_legislativo_01-2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/363/projeto_de_decreto_legislativo_02-2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/413/projeto_de_decreto_legislativo_no_3-2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/380/projeto_de_lei_do_executivo_01-2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/422/projeto_de_lei_n_02_2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/445/projeto_de_lei_03-2021_executivo.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/527/projeto_de_lei_05.2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/528/projeto_de_lei_06.2021_saude.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/541/projeto_de_lei_no_10-2021-mesclado_1_1_1.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/572/projeto_11.2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/376/projeto_de_lei_01-2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/377/projeto_de_lei_02-2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/446/projeto_de_lei_n_03-2021_legislativo.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/396/projeto_de_lei_04-21.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/397/projeto_de_lei_05-21.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/398/projeto_de_lei_06-21.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/356/indicacao_01-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/357/indicacao_02-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/364/indicacao_04-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/365/indicacao_03-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/366/indicacao_06-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/367/indicacao_07-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/368/indicacao_08-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/369/indicacao_09-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/370/indicacao_10-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/371/indicacao_11-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/372/indicacao_12-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/373/indicacao_13-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/374/indicacao_14-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/375/indicacao_15-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/378/indicacao_16-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/379/indicacao_17-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/381/indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/382/indicacao_19-21.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/394/indicacao_20-21.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/383/indicacao_21-21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/384/indicacao_22-21.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/385/indicacao_23-21.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/386/indicacao_24-21.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/387/indicacao_25-21.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/388/indicacao_26-21.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/389/indicacao_27-21.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/390/indicacao_28-21.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/393/indicacao_29-21.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/392/indicacao_30-21.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/399/indicacao_31-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/400/indicacao_32-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/401/indicacao_33-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/402/indicacao_34-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/403/indicacao_35-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/404/indicacao_36-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/405/indicacao_37-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/406/indicacao_38-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/407/indicacao_39-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/408/indicacao_40-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/409/indicacao_41-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/410/indicacao_42-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/411/indicacao_43-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/412/indicacao_44-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/414/indicacao_45-2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/415/indicacao_46-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/416/indicacao_47-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/417/indicacao_48-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/418/indicacao_49-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/419/indicacao_50-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/420/indicacao_51-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/421/indicacao_52-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/362/projeto_de_decreto_legislativo_01-2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/363/projeto_de_decreto_legislativo_02-2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/413/projeto_de_decreto_legislativo_no_3-2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/380/projeto_de_lei_do_executivo_01-2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/422/projeto_de_lei_n_02_2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/445/projeto_de_lei_03-2021_executivo.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/527/projeto_de_lei_05.2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/528/projeto_de_lei_06.2021_saude.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/541/projeto_de_lei_no_10-2021-mesclado_1_1_1.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/572/projeto_11.2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/376/projeto_de_lei_01-2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/377/projeto_de_lei_02-2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/446/projeto_de_lei_n_03-2021_legislativo.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/396/projeto_de_lei_04-21.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/397/projeto_de_lei_05-21.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2021/398/projeto_de_lei_06-21.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H209"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="35.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="30.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="112.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="111.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>