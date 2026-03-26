--- v0 (2025-12-16)
+++ v1 (2026-03-26)
@@ -54,282 +54,282 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t xml:space="preserve">Roque da Lagoa Primeira </t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/</t>
+    <t>http://sapl.gararu.se.leg.br/media/</t>
   </si>
   <si>
     <t>Art. 30 – Fica o Poder Executivo autorizado a efetuar transposição, remanejamento e transferências de dotações orçamentárias, até o limite de 10% (Dez por cento) da receita estimada.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 02/ 2019 AO PROJETO DE LEI Nº 05/2019 – CRIA NA ESTRUTURA ADMINISTRATIVA DA PREFEITURA MUNICIPAL DE GARARU, ESTADO DE SERGIPE, CARGOS DE PROVIMENTO EFETIVO E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 Nos termos do Art. 153, Parágrafo I e inciso IV do Regimento Interno da Câmara Municipal de Gararu, acrescenta-se o paragrafo único do artigo 1º._x000D_
 Art. 1 – (...)_x000D_
 Paragrafo Único: - A investidura nos cargos constante do anexo único desta lei, dependerão de aprovação previa em concurso público, de provas ou de provas e títulos, conforme Art. 37, inciso II da Constituição Federal.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Nos termos do Art. 153, Parágrafo I e inciso IV do Regimento Interno da Câmara Municipal de Gararu, O Sr. Vereador Presidente Rogerio Santos de Jesus Freitas, propõe alterar os valores salariais dos cargos de Motorista (CAT-B), Motorista ( CAT-D),  Técnico/Auxiliar em Enfermagem PSF, Auxiliar Técnico de Enfermagem e Psicopedagogo, passado a ter os seguintes valores, conforme abaixo.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Pela presente, e em conformidade com o Regimento Interno deste poder, proponho que seja alterado no Projeto de Lei em referencia, que Dispõe sobre animais soltos nas vias públicas do município de e dá outras providências, o seguinte artigo: Art. 5º – Os animais encontrados nas vias públicas serão aprendidos e recolhidos ao Curral Municipal, sob a guarda do Diretor de Agricultura, Pecuária e Apreensão de Animais, tendo este a responsabilidade sob sua guarda e alimentação.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/269/emenda_modificativa_05_2019.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/269/emenda_modificativa_05_2019.pdf</t>
   </si>
   <si>
     <t>Pela presente, e em conformidade com o Art. 153, §1º, e Inciso IV do Regimento Interno deste poder, proponho que seja alterado no Projeto de Lei em referencia, que “Estima a Receita e Fixa a Despesa do Município de GARARU, Estado de Sergipe, para o exercício financeiro de 2020 e dá providências correlatas.”, o Art. 5º .</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t xml:space="preserve">Alex do Mercadinho </t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/173/indicacao_no_01_2019.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/173/indicacao_no_01_2019.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo viabilize atreves do departamento  competente, o convênio com o IPES Saúde, localizado na cidade de Aracaju Sergipe.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/176/indicacao_no_02_2019.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/176/indicacao_no_02_2019.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO AO PODER EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA DE OBRAS, PARA VIABILIZAÇÃO DA REFORMA DA ESCOLA MUNICIPAL MESSIAS ALVES DA SILVA, LOCALIZADA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>Valquíria do Sindpesca</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/177/indicacao_no_03_2019.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/177/indicacao_no_03_2019.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, viabilize através da Secretaria Municipal de Obras e Serviços Urbanos, a construção de 02 (dois) quebra-molas na Rua 07 de setembro, localizada nesta cidade.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>João de Bebé</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/164/indicacao_no_04_2019.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/164/indicacao_no_04_2019.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, através da Secretaria Municipal de Obras e Serviços Urbanos, viabilize o calçamento do Conjunto Elysio Araújo, localizado na cidade de Gararu Sergipe.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/178/indicacao_no_05_2019.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/178/indicacao_no_05_2019.pdf</t>
   </si>
   <si>
     <t>Que o poder executivo viabilize através  do departamento competente, a reforma do posto de saúde do Povoado Lagoa Rasa.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, através da Secretaria Municipal de Educação, viabilize que seja inserida nas escolas municipais de ensino água mineral.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Irmão Adriano</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/184/indicacao_no_07_2019.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/184/indicacao_no_07_2019.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, através da Secretária de Ação Social e Trabalho, viabilize que seja inserida uma parceria com a Fazenda da Esperança Santa Rita de Cassia.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/187/indicacao_no_08_2019.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/187/indicacao_no_08_2019.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, através do departamento competente, envie para essa colenda casa legislativa, projeto de lei criando o Conselho Municipal dos Direitos da Pessoa com Deficiência. Segue em anexo; modelo de minuta do referido projeto.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA DE EDUCAÇÃO, VIABILIZE A IMPLEMENTAÇÃO DE SISTEMA DE CÂMERAS DE SEGURANÇAS NAS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/190/indicacao_no_10_2019.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/190/indicacao_no_10_2019.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, ATRAVÉS DO DEPARTAMENTO COMPETENTE, VIABILIZE A COLETA DE LIXO NO POVOADO OURICURI/GARARU.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/191/indicacao_no_11_2019.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/191/indicacao_no_11_2019.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, ATRAVÉS DO DEPARTAMENTO COMPETENTE, VIABILIZE A COLOCAÇÃO DE UM EMBARCADOR NO MATADOURO DO POVOADO SÃO MATHEUS/GARARU.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/197/indicacao_no_12_2019.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/197/indicacao_no_12_2019.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, através do departamento competente, viabilize a disponibilidade de um caminhão refrigerado para fazer o translado da carne bovina que é abatida no Frigorífico Nutrial da cidade de Propriá/SE, até os respectivos pontos de comercialização localizados em diversos lugares deste município.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA RESPONSÁVEL, FAÇA A AQUISIÇÃO DE LIXEIRAS PARA OS FEIRANTES.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, através do departamento competente, viabilize a troca das lâmpadas de mercúrio, por lâmpadas de LED em todos os postes, e em todos os prédios públicos, no âmbito do município.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, através do departamento competente, reforme o prédio onde funcionava a escola do Povoado Ouricurizeira e transforme em um Posto de Saúde para atendimento médico, no referido povoado.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, ATRAVÉS DO DEPARTAMENTO COMPETENTE, VIABILIZE A REVITALIZAÇÃO DAS MARGENS DO RIO SÃO FRANCISCO NOS POVOADOS RIBEIRINHOS.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/211/indicacao_no_17_2019.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/211/indicacao_no_17_2019.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, através do departamento competente, viabilize a iluminação do Povoado Ouricurizeira/Gararu.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, através do departamento competente, viabilize a criação de um arquivo municipal, com conselho fiscalizador.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t xml:space="preserve">Sargento Geovan </t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, através do departamento competente, viabilize a construção de sanitários na cidade.</t>
   </si>
@@ -414,60 +414,60 @@
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Que seja consignado um voto de pesar pelo o falecimento da Sra. ANA MARIA DA CRUZ (ANITA CRUZ) – Ex-vereadora deste município – ocorrido na noite de 07 de maio de 2019, oficiando-se á família enlutada.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>Que seja consignado um voto de pesar pelo o falecimento do Sr. FRANCISCO RODRIGUES DE FARIAS (CHICO DE MOCINHA) - ocorrido em 16 de maio de 2019, oficiando-se á família enlutada.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/172/projeto_de_decreto_legislativo_no_01_2019.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/172/projeto_de_decreto_legislativo_no_01_2019.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Gararuense  ao Sr. Padre Mauricio Alexandre Alves de Souza.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/166/projeto_de_decreto_legislativo_no_02_2019.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/166/projeto_de_decreto_legislativo_no_02_2019.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Gararuense ao Sr. Jakson Silva Santos.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Gararuense a Sra. Maria Valdelice de Oliveira Souza.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Gararuense a Sra. Mónica Cristina Rodrigues Oliveira.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t xml:space="preserve">Juarez do Oiteiro </t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Gararuense ao Sr. Cláudio Santos.</t>
   </si>
@@ -492,87 +492,87 @@
   <si>
     <t>246</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Gararuense a Sra. Maria Ruzileide Lemos Costa.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Gararuense a Sra. Karina Raquel Juca.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/167/projeto_de_lei_no_01_2019.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/167/projeto_de_lei_no_01_2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Piso Salarial Nacional dos Agentes Comunitários de Saúde e dos Agentes de Combate ás Endemias,  deste Município.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/183/projeto_de_lei_no_02_2019.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/183/projeto_de_lei_no_02_2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentarias para a elaboração da Lei Orçamentaria para o exercício de 2020 e dá outras providências correlatas.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>Dispõe sobre  a Implantação do Uso de Energia Solar em Bens Imóveis e Logradouros Públicos do Município de Gararu.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>Autoriza doação de um imóvel à Ação Social da Diocese de Propriá, CNPJ: 01375185/000-81.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>Cria na Estrutura Administrativa da Prefeitura Municipal de Gararu, Estado de Sergipe, cargos de provimento efetivo e dá outras providências.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/221/projeto_de_lei_no_06_2019..pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/221/projeto_de_lei_no_06_2019..pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de GARARU, Estado de Sergipe, para o exercício financeiro de 2020 e dá providências correlatas.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>Modifica a Estrutura Organizacional e o Sistema de Cargos, Empregos, Funções e Salários dos servidores público do Município de Gararu, instituída pela Lei nº 500/2005, e dá outras providencias.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>Modifica o Anexo I da Lei Nº 674/2019.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>Dispõe sobre a transformação e reenquadramento dos cargos de MONITOR, AUXILIAR DE ENFERMAGEM, AGENTE DE SERVIÇO DE SAÚDE E ASSISTENTE DE SAÚDE, todos eles constantes da Estrutura Administrativa do Município de Gararu.</t>
   </si>
   <si>
     <t>256</t>
   </si>
@@ -720,99 +720,99 @@
   <si>
     <t>Fixa os subsídios dos vereadores do município de Gararu, para a legislatura 2021/2024 e dá providências correlatas.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Quadra Poliesportiva do Povoado Lagoa Rasa e dá outras providências.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Posto de Saúde do Povoado Lagoa Rasa e dá outras providências.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/163/projeto_de_resolucao_no_01_2019.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/163/projeto_de_resolucao_no_01_2019.pdf</t>
   </si>
   <si>
     <t>EMENTA: Institui o Programa Câmara Itinerante no Município de Gararu/SE e da outras providências.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>Dispõe sobre a utilização de uniformes dos vereadores, durante as sessões ordinárias, extraordinária, solenes e itinerantes da Câmara Municipal de Gararu, e dá Outras Providências.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>Juarez do Oiteiro , Galego de Zequinha , Irmão Adriano</t>
   </si>
   <si>
     <t>Altera norma do Regimento Interno e dá outras providências.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t xml:space="preserve">Galego de Zequinha , Sargento Geovan </t>
   </si>
   <si>
     <t>EMENTA: Altera norma da Resolução Nº 02/2017 de 14 de Setembro de 2017, que Estabelece o dia e horário das sessões ordinárias e dá outras providências.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/174/requerimento_no_01_2019.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/174/requerimento_no_01_2019.pdf</t>
   </si>
   <si>
     <t>CONVOCA OS SECRETÁRIOS MUNICIPAIS E DIRETOR A PRESTAR ESCLARECIMENTOS.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/175/requerimento_no_02_2019.pdf</t>
+    <t>http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/175/requerimento_no_02_2019.pdf</t>
   </si>
   <si>
     <t>Convocação para o excelentíssimo senhor Profº. Me. Jamison Luiz Barros dos Santos, secretario Municipal de Educação, para prestar esclarecimentos.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>Convoca a Sra. Maria Karina Ferreira Leão, Servidora Municipal, deste município a prestar esclarecimentos.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>Convoca a Excelentíssima Senhora Nayara Stefhanie Resende Melo, Secretária Municipal de Saúde e Bem Estar Social, para prestar esclarecimentos.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t xml:space="preserve">Buraqueiro </t>
   </si>
   <si>
     <t>Convoca a Excelentíssima Senhora Elizabeth Freire Santos de Oliveira, Prefeita Municipal de Gararu, para prestar esclarecimentos.</t>
   </si>
@@ -1200,68 +1200,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/269/emenda_modificativa_05_2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/173/indicacao_no_01_2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/176/indicacao_no_02_2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/177/indicacao_no_03_2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/164/indicacao_no_04_2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/178/indicacao_no_05_2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/184/indicacao_no_07_2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/187/indicacao_no_08_2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/190/indicacao_no_10_2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/191/indicacao_no_11_2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/197/indicacao_no_12_2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/211/indicacao_no_17_2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/172/projeto_de_decreto_legislativo_no_01_2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/166/projeto_de_decreto_legislativo_no_02_2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/167/projeto_de_lei_no_01_2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/183/projeto_de_lei_no_02_2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/221/projeto_de_lei_no_06_2019..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/163/projeto_de_resolucao_no_01_2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/174/requerimento_no_01_2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/175/requerimento_no_02_2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gararu.se.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/269/emenda_modificativa_05_2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/173/indicacao_no_01_2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/176/indicacao_no_02_2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/177/indicacao_no_03_2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/164/indicacao_no_04_2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/178/indicacao_no_05_2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/184/indicacao_no_07_2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/187/indicacao_no_08_2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/190/indicacao_no_10_2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/191/indicacao_no_11_2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/197/indicacao_no_12_2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/211/indicacao_no_17_2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/172/projeto_de_decreto_legislativo_no_01_2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/166/projeto_de_decreto_legislativo_no_02_2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/167/projeto_de_lei_no_01_2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/183/projeto_de_lei_no_02_2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/221/projeto_de_lei_no_06_2019..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/163/projeto_de_resolucao_no_01_2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/174/requerimento_no_01_2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/sapl/public/materialegislativa/2019/175/requerimento_no_02_2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gararu.se.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H97"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="35.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="61.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="112" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="111.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>